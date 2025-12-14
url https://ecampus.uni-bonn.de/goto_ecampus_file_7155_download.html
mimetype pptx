--- v0 (2025-11-02)
+++ v1 (2025-12-14)
@@ -1,30 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
@@ -60,50 +60,52 @@
   <Override PartName="/ppt/slides/slide51.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide52.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide53.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide54.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide55.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide56.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide57.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide58.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide59.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide60.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide61.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide62.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide63.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide64.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide65.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide66.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide67.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide68.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide69.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide70.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide71.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide72.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide73.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide74.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide75.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide76.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide77.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/tags/tag1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
@@ -165,136 +167,138 @@
   <Override PartName="/ppt/tags/tag30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/tags/tag31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/tags/tag34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/tags/tag35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tags+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showSpecialPlsOnTitleSld="0" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483648" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId77"/>
+    <p:notesMasterId r:id="rId79"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId78"/>
+    <p:handoutMasterId r:id="rId80"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="258" r:id="rId2"/>
     <p:sldId id="274" r:id="rId3"/>
     <p:sldId id="257" r:id="rId4"/>
     <p:sldId id="318" r:id="rId5"/>
     <p:sldId id="319" r:id="rId6"/>
     <p:sldId id="320" r:id="rId7"/>
     <p:sldId id="323" r:id="rId8"/>
     <p:sldId id="322" r:id="rId9"/>
     <p:sldId id="326" r:id="rId10"/>
     <p:sldId id="321" r:id="rId11"/>
     <p:sldId id="325" r:id="rId12"/>
     <p:sldId id="324" r:id="rId13"/>
     <p:sldId id="329" r:id="rId14"/>
     <p:sldId id="327" r:id="rId15"/>
     <p:sldId id="333" r:id="rId16"/>
     <p:sldId id="332" r:id="rId17"/>
     <p:sldId id="331" r:id="rId18"/>
     <p:sldId id="330" r:id="rId19"/>
     <p:sldId id="328" r:id="rId20"/>
     <p:sldId id="334" r:id="rId21"/>
-    <p:sldId id="336" r:id="rId22"/>
-[...53 lines deleted...]
-    <p:sldId id="260" r:id="rId76"/>
+    <p:sldId id="400" r:id="rId22"/>
+    <p:sldId id="336" r:id="rId23"/>
+    <p:sldId id="317" r:id="rId24"/>
+    <p:sldId id="337" r:id="rId25"/>
+    <p:sldId id="375" r:id="rId26"/>
+    <p:sldId id="308" r:id="rId27"/>
+    <p:sldId id="339" r:id="rId28"/>
+    <p:sldId id="342" r:id="rId29"/>
+    <p:sldId id="341" r:id="rId30"/>
+    <p:sldId id="309" r:id="rId31"/>
+    <p:sldId id="289" r:id="rId32"/>
+    <p:sldId id="396" r:id="rId33"/>
+    <p:sldId id="398" r:id="rId34"/>
+    <p:sldId id="397" r:id="rId35"/>
+    <p:sldId id="372" r:id="rId36"/>
+    <p:sldId id="348" r:id="rId37"/>
+    <p:sldId id="368" r:id="rId38"/>
+    <p:sldId id="347" r:id="rId39"/>
+    <p:sldId id="376" r:id="rId40"/>
+    <p:sldId id="345" r:id="rId41"/>
+    <p:sldId id="380" r:id="rId42"/>
+    <p:sldId id="379" r:id="rId43"/>
+    <p:sldId id="346" r:id="rId44"/>
+    <p:sldId id="392" r:id="rId45"/>
+    <p:sldId id="370" r:id="rId46"/>
+    <p:sldId id="344" r:id="rId47"/>
+    <p:sldId id="382" r:id="rId48"/>
+    <p:sldId id="351" r:id="rId49"/>
+    <p:sldId id="381" r:id="rId50"/>
+    <p:sldId id="353" r:id="rId51"/>
+    <p:sldId id="393" r:id="rId52"/>
+    <p:sldId id="390" r:id="rId53"/>
+    <p:sldId id="355" r:id="rId54"/>
+    <p:sldId id="391" r:id="rId55"/>
+    <p:sldId id="354" r:id="rId56"/>
+    <p:sldId id="357" r:id="rId57"/>
+    <p:sldId id="383" r:id="rId58"/>
+    <p:sldId id="352" r:id="rId59"/>
+    <p:sldId id="394" r:id="rId60"/>
+    <p:sldId id="386" r:id="rId61"/>
+    <p:sldId id="395" r:id="rId62"/>
+    <p:sldId id="387" r:id="rId63"/>
+    <p:sldId id="268" r:id="rId64"/>
+    <p:sldId id="384" r:id="rId65"/>
+    <p:sldId id="377" r:id="rId66"/>
+    <p:sldId id="378" r:id="rId67"/>
+    <p:sldId id="385" r:id="rId68"/>
+    <p:sldId id="269" r:id="rId69"/>
+    <p:sldId id="362" r:id="rId70"/>
+    <p:sldId id="363" r:id="rId71"/>
+    <p:sldId id="367" r:id="rId72"/>
+    <p:sldId id="310" r:id="rId73"/>
+    <p:sldId id="366" r:id="rId74"/>
+    <p:sldId id="365" r:id="rId75"/>
+    <p:sldId id="265" r:id="rId76"/>
+    <p:sldId id="261" r:id="rId77"/>
+    <p:sldId id="260" r:id="rId78"/>
   </p:sldIdLst>
   <p:sldSz cx="9217025" cy="5184775"/>
   <p:notesSz cx="9928225" cy="6797675"/>
   <p:custDataLst>
-    <p:tags r:id="rId79"/>
+    <p:tags r:id="rId81"/>
   </p:custDataLst>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="de-DE"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl2pPr>
@@ -455,60 +459,60 @@
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr loop="1" showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
+    <a:srgbClr val="B381D9"/>
+    <a:srgbClr val="3696F6"/>
+    <a:srgbClr val="D818A6"/>
     <a:srgbClr val="8AE7FA"/>
-    <a:srgbClr val="D818A6"/>
     <a:srgbClr val="FF3300"/>
     <a:srgbClr val="8FE406"/>
     <a:srgbClr val="00642D"/>
-    <a:srgbClr val="3696F6"/>
     <a:srgbClr val="87F7FD"/>
     <a:srgbClr val="07529A"/>
     <a:srgbClr val="2105C7"/>
-    <a:srgbClr val="A62669"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{00A15C55-8517-42AA-B614-E9B94910E393}">
   <a:tblStyle styleId="{0E3FDE45-AF77-4B5C-9715-49D594BDF05E}" styleName="Helle Formatvorlage 1 - Akzent 2">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fontRef>
         <a:schemeClr val="tx1"/>
       </a:tcTxStyle>
@@ -1226,63 +1230,63 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent4"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="16452" autoAdjust="0"/>
     <p:restoredTop sz="95742" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="120" d="100"/>
-          <a:sy n="120" d="100"/>
+          <a:sx n="136" d="100"/>
+          <a:sy n="136" d="100"/>
         </p:scale>
-        <p:origin x="230" y="67"/>
+        <p:origin x="138" y="198"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="590"/>
         <p:guide orient="horz" pos="817"/>
         <p:guide orient="horz" pos="1724"/>
         <p:guide orient="horz" pos="1905"/>
         <p:guide orient="horz" pos="3039"/>
         <p:guide orient="horz" pos="3221"/>
         <p:guide orient="horz" pos="182"/>
         <p:guide orient="horz" pos="2858"/>
         <p:guide pos="181"/>
         <p:guide pos="5625"/>
         <p:guide pos="2994"/>
         <p:guide pos="2812"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
@@ -1304,51 +1308,51 @@
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
   <p:notesViewPr>
     <p:cSldViewPr showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
           <a:sx n="75" d="100"/>
           <a:sy n="75" d="100"/>
         </p:scale>
         <p:origin x="2448" y="84"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="522"/>
         <p:guide orient="horz" pos="3760"/>
         <p:guide pos="3127"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide67.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide73.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="tags/tag1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide63.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide68.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide71.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide66.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide69.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide74.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide64.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide72.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide75.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide70.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide65.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide46.xml"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide62.xml"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide67.xml"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide52.xml"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide57.xml"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide73.xml"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide47.xml"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide55.xml"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide63.xml"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide68.xml"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide76.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide50.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide71.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide45.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide58.xml"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide66.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide53.xml"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide61.xml"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide69.xml"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide74.xml"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide48.xml"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide56.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide43.xml"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide51.xml"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide59.xml"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide64.xml"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide72.xml"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide77.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="tags/tag1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide49.xml"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide54.xml"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide75.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide70.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide44.xml"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide65.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide60.xml"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme3.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -1572,114 +1576,113 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Notizenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="585827" y="3505900"/>
             <a:ext cx="8756573" cy="2837140"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Textmasterformat bearbeiten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Zweite Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Dritte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Vierte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Fünfte Ebene</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Kopfzeilenplatzhalter 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="hdr" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="586640" y="26412"/>
             <a:ext cx="7087866" cy="214100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Präsentationstitel</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Datumsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8091459" y="26412"/>
             <a:ext cx="1250800" cy="214100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
@@ -1701,51 +1704,51 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="586637" y="6557187"/>
             <a:ext cx="7296334" cy="214100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Autor/Veranstaltung</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Foliennummernplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8508441" y="6557187"/>
             <a:ext cx="833866" cy="214100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
@@ -1924,103 +1927,103 @@
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide32.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide46.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide48.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide51.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide53.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide56.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide58.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide66.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide68.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide70.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide72.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide74.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide76.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
@@ -2576,51 +2579,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE" b="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B40210A4-2901-42F9-8CA9-E251F67383C7}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>22</a:t>
+              <a:t>23</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1203579716"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -2664,51 +2667,51 @@
             <a:endParaRPr lang="de-DE" b="1" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Foliennummernplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B40210A4-2901-42F9-8CA9-E251F67383C7}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>23</a:t>
+              <a:t>24</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2007783012"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -2728,87 +2731,87 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notizenplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t>Nachweis noch aktuell?</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" b="1" baseline="0" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" b="1" baseline="0" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" b="1" baseline="0" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" b="1" baseline="0" dirty="0" err="1"/>
               <a:t>Arxiv</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" b="1" baseline="0" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" b="1" baseline="0" dirty="0"/>
               <a:t>?</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" b="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Foliennummernplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B40210A4-2901-42F9-8CA9-E251F67383C7}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>24</a:t>
+              <a:t>25</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3290142659"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -2848,51 +2851,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B40210A4-2901-42F9-8CA9-E251F67383C7}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>25</a:t>
+              <a:t>26</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3931785158"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -2932,51 +2935,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B40210A4-2901-42F9-8CA9-E251F67383C7}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>29</a:t>
+              <a:t>30</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1167293057"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3105,51 +3108,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B40210A4-2901-42F9-8CA9-E251F67383C7}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>30</a:t>
+              <a:t>31</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3871373638"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3189,51 +3192,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B40210A4-2901-42F9-8CA9-E251F67383C7}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>31</a:t>
+              <a:t>32</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2191763098"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3273,51 +3276,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Foliennummernplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B40210A4-2901-42F9-8CA9-E251F67383C7}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>46</a:t>
+              <a:t>48</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2101030357"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3357,51 +3360,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B40210A4-2901-42F9-8CA9-E251F67383C7}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>51</a:t>
+              <a:t>53</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="394858032"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3441,51 +3444,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Foliennummernplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B40210A4-2901-42F9-8CA9-E251F67383C7}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>56</a:t>
+              <a:t>58</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4252884389"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3530,51 +3533,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B40210A4-2901-42F9-8CA9-E251F67383C7}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>66</a:t>
+              <a:t>68</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2265301834"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3614,51 +3617,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B40210A4-2901-42F9-8CA9-E251F67383C7}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>70</a:t>
+              <a:t>72</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3654309991"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3703,51 +3706,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B40210A4-2901-42F9-8CA9-E251F67383C7}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>74</a:t>
+              <a:t>76</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2149582406"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3771,51 +3774,51 @@
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2697163" y="828675"/>
             <a:ext cx="4533900" cy="2551113"/>
           </a:xfrm>
         </p:spPr>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notizenplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="de-DE" baseline="0" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="de-DE" baseline="0" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B40210A4-2901-42F9-8CA9-E251F67383C7}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -4526,51 +4529,51 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1296784" y="1584403"/>
             <a:ext cx="5040000" cy="360000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" bIns="0" anchor="b" anchorCtr="0"/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:lnSpc>
                 <a:spcPts val="2400"/>
               </a:lnSpc>
               <a:defRPr sz="2400" cap="all" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Untertitel 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr userDrawn="1">
             <p:ph type="subTitle" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1296784" y="1944315"/>
             <a:ext cx="5040000" cy="1872000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr tIns="0" bIns="0"/>
           <a:lstStyle>
@@ -4653,51 +4656,51 @@
               </a:defRPr>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0" algn="ctr">
               <a:buNone/>
               <a:defRPr>
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlage des Untertitelmasters durch Klicken bearbeiten</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1883319054"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="txAndTwoObj" preserve="1">
   <p:cSld name="Titel, Text und zwei Inhalte">
@@ -4709,257 +4712,252 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Textplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="287339" y="1223964"/>
             <a:ext cx="4176712" cy="3313112"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Zweite Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Dritte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Vierte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fünfte Ebene</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Inhaltsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="2" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4752975" y="1223963"/>
             <a:ext cx="4176713" cy="1512887"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="216000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="432000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="648000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="864000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Inhaltsplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="3" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4752975" y="3024188"/>
             <a:ext cx="4176713" cy="1512887"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="216000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="432000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="648000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="864000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Datumsplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Fußzeilenplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Foliennummernplatzhalter 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -4991,51 +4989,51 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" sz="quarter"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="287338" y="1223963"/>
             <a:ext cx="4176712" cy="1512887"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -5063,79 +5061,79 @@
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:defRPr sz="1400"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="576000" indent="-144000">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:defRPr sz="1400"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="720000" indent="-144000">
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:defRPr sz="1400"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Zweite Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Dritte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Vierte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fünfte Ebene</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Inhaltsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4752975" y="1223963"/>
             <a:ext cx="4176713" cy="1512887"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -5163,79 +5161,79 @@
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:defRPr sz="1400"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="576000" indent="-144000">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:defRPr sz="1400"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="720000" indent="-144000">
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:defRPr sz="1400"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Zweite Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Dritte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Vierte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fünfte Ebene</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Inhaltsplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="298598" y="3024188"/>
             <a:ext cx="4165451" cy="1512887"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -5263,79 +5261,79 @@
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:defRPr sz="1400"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="576000" indent="-144000">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:defRPr sz="1400"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="720000" indent="-144000">
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:defRPr sz="1400"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Zweite Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Dritte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Vierte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fünfte Ebene</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Inhaltsplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4752975" y="3024188"/>
             <a:ext cx="4176713" cy="1512887"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -5363,128 +5361,126 @@
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:defRPr sz="1400"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="576000" indent="-144000">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:defRPr sz="1400"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="720000" indent="-144000">
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:defRPr sz="1400"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Zweite Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Dritte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Vierte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fünfte Ebene</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Datumsplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Fußzeilenplatzhalter 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Foliennummernplatzhalter 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -5525,51 +5521,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3995854" y="288925"/>
             <a:ext cx="4933137" cy="647538"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2400" b="0"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Bildplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288992" y="1223963"/>
             <a:ext cx="8640000" cy="2952000"/>
           </a:xfrm>
           <a:pattFill prst="ltUpDiag">
             <a:fgClr>
               <a:schemeClr val="accent1"/>
             </a:fgClr>
@@ -5598,54 +5594,53 @@
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Textplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="287337" y="4176603"/>
             <a:ext cx="8640000" cy="360000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr" anchorCtr="0"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
@@ -5664,99 +5659,97 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Datumsplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Fußzeilenplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -5797,51 +5790,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3995854" y="288925"/>
             <a:ext cx="4933137" cy="648000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="2400" b="0"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Bildplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288688" y="1223962"/>
             <a:ext cx="5904000" cy="3312000"/>
           </a:xfrm>
           <a:pattFill prst="ltUpDiag">
             <a:fgClr>
               <a:schemeClr val="accent1"/>
             </a:fgClr>
@@ -5870,54 +5863,53 @@
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Textplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6480720" y="1223962"/>
             <a:ext cx="2448968" cy="3312000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
@@ -5936,99 +5928,97 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Datumsplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Fußzeilenplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -6069,51 +6059,51 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3995854" y="288925"/>
             <a:ext cx="4933137" cy="648000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="b" anchorCtr="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr lang="de-DE" dirty="0"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Bildplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288688" y="1223962"/>
             <a:ext cx="1871900" cy="1512888"/>
           </a:xfrm>
           <a:pattFill prst="ltUpDiag">
             <a:fgClr>
               <a:schemeClr val="accent1"/>
             </a:fgClr>
@@ -6142,54 +6132,53 @@
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="2000"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Textplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2448272" y="1223962"/>
             <a:ext cx="6481416" cy="3312000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr numCol="2" spcCol="216000"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
@@ -6208,99 +6197,97 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="900"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Datumsplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Fußzeilenplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -6317,51 +6304,51 @@
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="287338" y="3024188"/>
             <a:ext cx="1873250" cy="1512887"/>
           </a:xfrm>
           <a:pattFill prst="ltUpDiag">
             <a:fgClr>
               <a:schemeClr val="accent1"/>
             </a:fgClr>
             <a:bgClr>
               <a:schemeClr val="bg1"/>
             </a:bgClr>
           </a:pattFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="144000" tIns="144000"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Bild durch Klicken auf Symbol hinzufügen</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2634421223"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="titleOnly" preserve="1">
   <p:cSld name="Nur Titel">
@@ -6373,100 +6360,98 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Datumsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Fußzeilenplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Foliennummernplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -6498,77 +6483,75 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Datumsplatzhalter 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Fußzeilenplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Foliennummernplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -6624,84 +6607,84 @@
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr lIns="1296000" tIns="720000" rIns="1440000"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPts val="3200"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buNone/>
               <a:tabLst>
                 <a:tab pos="3409950" algn="l"/>
               </a:tabLst>
               <a:defRPr sz="2800" baseline="0"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Durch Klicken individuelle Dankesformel hinzufügen</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Textplatzhalter 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr userDrawn="1">
             <p:ph type="body" sz="quarter" idx="14" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1296144" y="3313113"/>
             <a:ext cx="4176712" cy="1223962"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400" baseline="0"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Durch Klicken Autor/Adresse/Kontaktdaten hinzufügen</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="71" name="Freeform 7"/>
           <p:cNvSpPr>
             <a:spLocks noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1296143" y="0"/>
             <a:ext cx="7920881" cy="5184000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="T0" fmla="*/ 2000 w 2000"/>
               <a:gd name="T1" fmla="*/ 0 h 1349"/>
               <a:gd name="T2" fmla="*/ 1361 w 2000"/>
               <a:gd name="T3" fmla="*/ 0 h 1349"/>
@@ -6792,79 +6775,78 @@
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Datumsplatzhalter 4" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="5256683"/>
             <a:ext cx="864000" cy="288000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Fußzeilenplatzhalter 5" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2088232" y="5256715"/>
             <a:ext cx="5040000" cy="288000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Foliennummernplatzhalter 7" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="17"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8352992" y="5256683"/>
             <a:ext cx="576000" cy="288000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -6905,152 +6887,148 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertikaler Textplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Zweite Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Dritte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Vierte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fünfte Ebene</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -7087,157 +7065,154 @@
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Vertikaler Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title" orient="vert"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6768752" y="1223963"/>
             <a:ext cx="2160936" cy="3313112"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Vertikaler Textplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" orient="vert" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="287339" y="1223963"/>
             <a:ext cx="6192000" cy="3312000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="eaVert"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Zweite Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Dritte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Vierte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fünfte Ebene</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -7269,157 +7244,155 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288992" y="1224603"/>
             <a:ext cx="8640000" cy="3312000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Zweite Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Dritte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Vierte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fünfte Ebene</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -7564,146 +7537,145 @@
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr userDrawn="1">
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1296864" y="1944507"/>
             <a:ext cx="6480000" cy="1728000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:lnSpc>
                 <a:spcPts val="4400"/>
               </a:lnSpc>
               <a:defRPr sz="4000" b="0" cap="all">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:latin typeface="Exo 2 Semi Bold" pitchFamily="50" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Datumsplatzhalter 6" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="5256683"/>
             <a:ext cx="864000" cy="288000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Fußzeilenplatzhalter 7" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2088232" y="5256715"/>
             <a:ext cx="5040000" cy="288000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Foliennummernplatzhalter 8" hidden="1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8352992" y="5256683"/>
             <a:ext cx="576000" cy="288000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -7744,54 +7716,53 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288496" y="1223491"/>
             <a:ext cx="4176000" cy="3313112"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr sz="2000"/>
             </a:lvl1pPr>
@@ -7801,79 +7772,79 @@
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1800"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Zweite Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Dritte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Vierte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fünfte Ebene</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Inhaltsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4752528" y="1224603"/>
             <a:ext cx="4176000" cy="3312000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
@@ -7886,128 +7857,126 @@
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1800"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1800"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1800"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1800"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Zweite Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Dritte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Vierte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fünfte Ebene</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Datumsplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Fußzeilenplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -8043,54 +8012,53 @@
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Textplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288496" y="1224283"/>
             <a:ext cx="4176000" cy="432000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr" anchorCtr="0"/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
@@ -8115,51 +8083,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Inhaltsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="287784" y="1799827"/>
             <a:ext cx="4176712" cy="2736776"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -8171,79 +8139,79 @@
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Zweite Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Dritte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Vierte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fünfte Ebene</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Textplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4752279" y="1224283"/>
             <a:ext cx="4176713" cy="432000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="none" anchor="ctr" anchorCtr="0"/>
           <a:lstStyle>
@@ -8271,51 +8239,51 @@
             </a:lvl4pPr>
             <a:lvl5pPr marL="1828800" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2286000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2743200" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl7pPr>
             <a:lvl8pPr marL="3200400" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3657600" indent="0">
               <a:buNone/>
               <a:defRPr sz="1600" b="1"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Inhaltsplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4752992" y="1800603"/>
             <a:ext cx="4176000" cy="2736000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr>
@@ -8327,168 +8295,166 @@
             <a:lvl3pPr>
               <a:defRPr sz="2000"/>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:defRPr sz="2000"/>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:defRPr sz="2000"/>
             </a:lvl5pPr>
             <a:lvl6pPr>
               <a:defRPr sz="1600"/>
             </a:lvl6pPr>
             <a:lvl7pPr>
               <a:defRPr sz="1600"/>
             </a:lvl7pPr>
             <a:lvl8pPr>
               <a:defRPr sz="1600"/>
             </a:lvl8pPr>
             <a:lvl9pPr>
               <a:defRPr sz="1600"/>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Zweite Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Dritte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Vierte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fünfte Ebene</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Datumsplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Fußzeilenplatzhalter 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Foliennummernplatzhalter 8"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="601448486"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:extLst mod="1">
+  <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="182" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="181" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" type="txAndObj" preserve="1">
   <p:cSld name="Titel, Text und Inhalt">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -8496,54 +8462,53 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Textplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="1223491"/>
             <a:ext cx="1872000" cy="3313112"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
@@ -8556,133 +8521,130 @@
               </a:spcAft>
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="216000" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="432000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="648000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="864000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Inhaltsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2448272" y="1223491"/>
             <a:ext cx="6480720" cy="3313112"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Datumsplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Fußzeilenplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -8714,54 +8676,53 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Textplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="1224235"/>
             <a:ext cx="8640000" cy="864368"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
@@ -8770,149 +8731,146 @@
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="216000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="432000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="648000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="864000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Inhaltsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="2" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288992" y="2376075"/>
             <a:ext cx="8640000" cy="2160528"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="216000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="432000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="648000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="864000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Datumsplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Fußzeilenplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -8944,104 +8902,103 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="half" idx="1" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="1224235"/>
             <a:ext cx="8640000" cy="2160000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="216000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="432000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="648000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="864000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Textplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="3672603"/>
             <a:ext cx="8640000" cy="864000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
@@ -9050,99 +9007,97 @@
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="216000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="432000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="648000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="864000" indent="0">
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Datumsplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Fußzeilenplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -9174,154 +9129,151 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="1" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="1224475"/>
             <a:ext cx="4176000" cy="2160000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="216000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="432000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="648000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="864000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Inhaltsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph sz="quarter" idx="2" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4752992" y="1224475"/>
             <a:ext cx="4176000" cy="2160000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl1pPr>
             <a:lvl2pPr marL="216000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl2pPr>
             <a:lvl3pPr marL="432000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="648000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="864000" indent="0">
               <a:buNone/>
               <a:defRPr/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Textplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="half" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="3672603"/>
             <a:ext cx="8642350" cy="864000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0">
               <a:spcAft>
                 <a:spcPts val="420"/>
@@ -9339,99 +9291,97 @@
             <a:lvl3pPr marL="432000" indent="0">
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl3pPr>
             <a:lvl4pPr marL="648000" indent="0">
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl4pPr>
             <a:lvl5pPr marL="864000" indent="0">
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:buNone/>
               <a:defRPr sz="1400"/>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Formatvorlagen des Textmasters bearbeiten</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Datumsplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Fußzeilenplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Foliennummernplatzhalter 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>‹Nr.›</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -9485,195 +9435,192 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titelplatzhalter 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311055" y="296602"/>
             <a:ext cx="4917403" cy="647278"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="b" anchorCtr="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Titelmasterformat durch Klicken bearbeiten</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Textplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="1224235"/>
             <a:ext cx="8640000" cy="3312000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Textmasterformat bearbeiten</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Zweite Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="2"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Dritte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="3"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Vierte Ebene</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="4"/>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Fünfte Ebene</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="4824635"/>
             <a:ext cx="864000" cy="288000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2088232" y="4824667"/>
             <a:ext cx="5040000" cy="288000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="1000">
                 <a:solidFill>
                   <a:schemeClr val="accent1"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8352992" y="4824635"/>
             <a:ext cx="576000" cy="288000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
@@ -10064,359 +10011,359 @@
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag23.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpim-bonn.mpg.de/de/node/263" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://arxiv.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open-access.network/informieren/open-access-in-fachdisziplinen/mathematik" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ulb.uni-bonn.de/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag25.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag26.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag27.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag24.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag27.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag28.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag29.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.tib.eu/arxiv-alphabet/arxiv-alphabet-f-wie/#Fachkulturen" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.tib.eu/2013/10/24/arxiv-als-open-access-quelle/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.tib.eu/2025/05/13/die-wissenschaft-schuetzen-tib-baut-dark-archive-fuer-arxiv-auf/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tib.eu/de/aktuelles/detail/die-wissenschaft-schuetzen-tib-baut-dark-archive-fuer-arxiv-auf" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/@mathscinet" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mathscinet.ams.org/cis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mathscinet.ams.org/mathscinet/info/index.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/tO9FGGwUv9Y" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mathscinet.ams.org/mathscinet/publications-search" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=ppt/slides/_rels/slide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide46.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide47.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide48.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide49.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hrk.de/positionen/beschluss/detail/hochschule-im-digitalen-zeitalter-informationskompetenz-neu-begreifen-prozesse-anders-steuern/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide50.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide51.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide52.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide53.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image79.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image78.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide54.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image81.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image80.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image78.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide55.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image83.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image82.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image84.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image79.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide56.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image82.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image81.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide57.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image83.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image85.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide58.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide57.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...6 lines deleted...]
-
 <file path=ppt/slides/_rels/slide59.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image89.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image88.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image86.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gesetze-im-internet.de/urhg/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide60.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image91.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image90.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image87.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide61.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image90.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image89.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide62.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image91.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide63.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag30.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide62.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3 lines deleted...]
-<file path=ppt/slides/_rels/slide63.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide64.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image93.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide64.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide65.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image97.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image94.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide66.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag31.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image96.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image95.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image97.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide67.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image98.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide68.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image98.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image102.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fidmath.de/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image101.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image100.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image99.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag31.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide69.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide70.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag32.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image99.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fidmath.de/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image102.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image101.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image100.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide71.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide72.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag32.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide73.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide73.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide74.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide75.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag33.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide74.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide76.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag34.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9783110298970/html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecampus.uni-bonn.de/goto_ecampus_cat_7154.html" TargetMode="External"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide75.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide77.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:kopp@ulb.uni-bonn.de" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag35.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Titel 13"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1296144" y="1800299"/>
             <a:ext cx="5832088" cy="2016224"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" sz="3200" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="3200" dirty="0"/>
               <a:t>B.SC. Mathematik</a:t>
             </a:r>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
             <a:br>
-              <a:rPr lang="de-DE" sz="3600" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="3600" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Fachspezifische</a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Literaturrecherche</a:t>
-            </a:r>
-[...2 lines deleted...]
-              <a:t/>
             </a:r>
             <a:br>
               <a:rPr lang="de-DE" dirty="0"/>
             </a:br>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Grafik 3"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
@@ -10427,208 +10374,190 @@
           <a:xfrm>
             <a:off x="288033" y="288203"/>
             <a:ext cx="3707822" cy="810000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Datumsplatzhalter 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:pPr/>
               <a:t>1</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="127308514"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311055" y="213339"/>
             <a:ext cx="1273121" cy="511733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Plagiat</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311055" y="907556"/>
             <a:ext cx="8545929" cy="3744416"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
-              <a:t>(„Diebstahl geistigen Eigentums</a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>Ist jede unrechtmäßige Übernahme von Texten, Gedanken, Erkenntnissen o.Ä. Dritter,  in vollständiger oder partieller Form, und deren Wiedergabe als vermeintlich eigene wissenschaftliche Leistung. D.h., jede nicht genau gekennzeichnete Übernahme eines fremden Gedankens ist ein Plagiat („Diebstahl geistigen Eigentums“).</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>Verstößt gegen Urheberrecht und wissenschaftliche Redlichkeit</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>Kann gravierende Sanktionen zur Folge haben</a:t>
             </a:r>
@@ -10675,77 +10604,75 @@
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -10761,914 +10688,802 @@
             <a:off x="5832648" y="2459791"/>
             <a:ext cx="3024336" cy="872034"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="19050">
             <a:solidFill>
               <a:srgbClr val="00B050"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="108000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" b="1" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="008E40"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Plagiate vermeiden </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1200" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1200" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="008E40"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Grundsätze guter wissenschaftlicher Praxis</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1200" i="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1200" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="008E40"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>-&gt; Techniken des wissenschaftlichen Arbeitens, insbes. Zitationsregeln</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1836619919"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="360040" y="308457"/>
             <a:ext cx="4917403" cy="647278"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Grundlagen der Recherche</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="360040" y="1512267"/>
             <a:ext cx="5472608" cy="1728192"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Informationen liegen </a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>den unterschiedlichen Formen vor </a:t>
-[...3 lines deleted...]
-              <a:t>und </a:t>
+              <a:t>in den unterschiedlichen Formen vor und </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>an verschiedenen virtuellen </a:t>
-[...7 lines deleted...]
-              <a:t>hinterlegt</a:t>
+              <a:t>sind an verschiedenen virtuellen Orten hinterlegt</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1580149670"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="314173" y="144115"/>
             <a:ext cx="4917403" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Wissenschaftliche Literatur</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="314173" y="864179"/>
             <a:ext cx="8640000" cy="4104456"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
-              <a:t>kann in verschiedenen Formen publiziert </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="de-DE" sz="1800" b="1" dirty="0" smtClean="0"/>
+              <a:t>… kann in verschiedenen Formen publiziert werden.</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="1800" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Publikationen</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>wie Bücher, Zeitschriften, Aufsätze, Hochschulschriften, Forschungsberichte, Lehrmedien </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
               <a:t>ect</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>. erfordern z.T. unterschiedliche </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" b="1" dirty="0" err="1"/>
               <a:t>Suchwege</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" i="1" dirty="0"/>
               <a:t>Selbständige Literatur/Werke</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1800" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Recherche nach dem </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" b="1" dirty="0"/>
               <a:t>Gesamtwerk</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>: Titel und Verfasser bzw. Herausgeber des Werkes bzw. Titel der Zeitschrift </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" i="1" dirty="0"/>
               <a:t>Unselbständige Literatur/Werke</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1800" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Recherche nach dem </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" b="1" dirty="0"/>
               <a:t>Aufsatz</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
-              <a:t>Beiträge einzelner Autoren enthalten in Sammelbänden oder Zeitschriften bzw. veröffentlicht in Repositorien, Internet </a:t>
-[...3 lines deleted...]
-              <a:t>…</a:t>
+              <a:t>: Beiträge einzelner Autoren enthalten in Sammelbänden oder Zeitschriften oder auch veröffentlicht in Repositorien, Internet …</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>BEACHTEN</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" b="1" dirty="0"/>
-              <a:t>: </a:t>
-[...7 lines deleted...]
-              <a:t>, „zitierwürdige“ </a:t>
+              <a:t>:  zitierfähige, „zitierwürdige“ </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Literatur</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1052138867"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311055" y="296602"/>
             <a:ext cx="5953641" cy="647278"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Methoden der </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>literaturrecherche</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288992" y="1368251"/>
             <a:ext cx="8640000" cy="3312000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Auswertung von </a:t>
-[...3 lines deleted...]
-              <a:t>Literaturverzeichnissen, </a:t>
+              <a:t>Auswertung von Literaturverzeichnissen, Literaturempfehlung, Ausgangspapier (Rückwärtssuche)  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t>-&gt;</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Literaturempfehlung, Ausgangspapier (Rückwärtssuche) </a:t>
-[...10 lines deleted...]
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" b="1" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0"/>
-              <a:t>Katalogsuche</a:t>
+              <a:t>Formale Katalogsuche</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Zitationen von ermittelten Quellen verfolgen (</a:t>
-[...6 lines deleted...]
-              <a:rPr lang="de-DE" b="1" dirty="0" smtClean="0"/>
+              <a:t>Zitationen von ermittelten Quellen verfolgen (Vorwärtssuche, Zitationsdatenbanken)  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t>-&gt;</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" b="1" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0"/>
-              <a:t>Literatur</a:t>
+              <a:t>aktuelle Literatur</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t>Thematische Literatursuche </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>in Fachdatenbanken und </a:t>
-[...3 lines deleted...]
-              <a:t>Katalogen (mittels Stichwörter, Schlagwörter, Klassifikationen,…)</a:t>
+              <a:t>in Fachdatenbanken und Katalogen (mittels Stichwörter, Schlagwörter, Klassifikationen,…)</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3773672159"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="312907" y="191519"/>
             <a:ext cx="8112029" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Planung einer thematischen literatursuche</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="312907" y="864195"/>
             <a:ext cx="8640000" cy="3742156"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
@@ -11841,190 +11656,176 @@
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="50000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>Index, Schlagwörter</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" i="1" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>Klassifikation</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
-              <a:t>verwenden</a:t>
-[...3 lines deleted...]
-              <a:t>)</a:t>
+              <a:t>verwenden)</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>14</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1297242061"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="289691" y="360139"/>
             <a:ext cx="4917403" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Suchbegriffe, Themenbereiche</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" b="1" dirty="0"/>
               <a:t>Stichwort</a:t>
             </a:r>
@@ -12103,162 +11904,153 @@
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2984702300"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="315522" y="277263"/>
             <a:ext cx="4917403" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>klassifikation</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="315522" y="1008653"/>
             <a:ext cx="8640000" cy="3672408"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -12290,230 +12082,206 @@
             <a:r>
               <a:rPr lang="de-DE" u="sng" dirty="0"/>
               <a:t>Darstellung der Klassen </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>verwendet</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Universalklassifikation, Fachklassifikation (z.B. MSC, ACM DDC)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Hierarchische </a:t>
-[...3 lines deleted...]
-              <a:t>Orientierung</a:t>
+              <a:t>Hierarchische Orientierung</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Klassen und Unterklassen </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Sprachunabhängig</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>werden </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="de-DE" dirty="0"/>
+              <a:t>Homonyme werden vermieden</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2262987665"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="412528"/>
             <a:ext cx="6817177" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Speziell: Fachklassifikation Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288992" y="1074416"/>
             <a:ext cx="8784016" cy="3528024"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
@@ -12554,351 +12322,311 @@
               </a:rPr>
               <a:t>MSC</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>) ist eine Klassifikation für den Bereich Mathematik</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Herausgeber: American </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>Mathematical</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t> Society </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>Mathematical</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Zentralblatt </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="de-DE" dirty="0"/>
+              <a:t> Reviews und Zentralblatt MATH</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Literaturdatenbanken: </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>MathSciNet</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t> (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>Mathematical</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t> Reviews, MR) und </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>zbMATH</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:t> Open (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>Excerpts</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>from</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>…, Zentralblatt…)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t>MSC 2020</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>aus zwei Ziffern, einem Buchstaben und weiteren zwei Ziffern </a:t>
-[...3 lines deleted...]
-              <a:t>(Beispiel: Systemstelle </a:t>
+              <a:t>: 63 Hauptklassen mit über 6000 Unterklassen; Aufbau in 3 Gliederungsebenen aus zwei Ziffern, einem Buchstaben und weiteren zwei Ziffern </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
-              <a:t>11B05 </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:t>(Beispiel: Systemstelle 11B05 = </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
               <a:t>Density</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
               <a:t>gaps</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
               <a:t>topology</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>  mit der Hauptklasse 11 = </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
               <a:t>Number</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
               <a:t>theory</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
-              <a:t>= </a:t>
+              <a:t>  und Unterklasse 11B = </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
               <a:t>Sequences</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
               <a:t>and</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
               <a:t>sets</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>17</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="997219604"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="344636" y="218426"/>
             <a:ext cx="6241673" cy="504056"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Suchinstrumente / Hilfsmittel</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="344636" y="1008211"/>
             <a:ext cx="8408816" cy="3744416"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
@@ -13053,59 +12781,51 @@
               <a:rPr lang="de-DE" sz="1200" b="1" dirty="0"/>
               <a:t>Nachbarschaftsoperator </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" dirty="0"/>
               <a:t>(z.B. </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" dirty="0" err="1"/>
               <a:t>ADJn</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" dirty="0"/>
               <a:t>, n= Wörterabstand)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="216000" lvl="1" indent="0">
               <a:lnSpc>
                 <a:spcPct val="50000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" dirty="0"/>
-              <a:t>Reihenfolge und Abstand der </a:t>
-[...7 lines deleted...]
-              <a:t>Suchbegriffe festlegen</a:t>
+              <a:t>Reihenfolge und Abstand der eingegebenen Suchbegriffe festlegen</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:lnSpc>
                 <a:spcPct val="50000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" sz="1200" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="50000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" b="1" dirty="0"/>
               <a:t>Indizes</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="216000" lvl="1" indent="0">
@@ -13121,263 +12841,242 @@
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1835803910"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="312972"/>
             <a:ext cx="7105769" cy="511733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Durchführung einer </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>literaturrecherche</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="312638" y="1092865"/>
             <a:ext cx="8567992" cy="3456384"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" i="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" i="1" dirty="0"/>
               <a:t>Nach der vorbereitenden Planung erfolgt die Durchführung der Literaturrecherche</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
-              <a:t>mit Hilfe verschiedener Suchbegriffe</a:t>
+              <a:t>Thematisch mit Hilfe verschiedener Suchbegriffe</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>und</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>Systemstellen suchen</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>Ergebnisse sichten (Relevanzanalyse)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>Rechercheweg modifizieren </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
-              <a:t>Ggf. erweitern, mit anderen Suchbegriffen wiederholen oder verfeinern (Synonyme, (englische) Fachterminologie,  mehrsprachige Begriffe, verschiedene Schreibweisen, Abkürzungen, Plural-, Singular- und Flexionsendungen, Ober- und </a:t>
-[...7 lines deleted...]
-              <a:t>verwandte Begriffe)</a:t>
+              <a:t>Ggf. erweitern, mit anderen Suchbegriffen wiederholen oder verfeinern (Synonyme, (englische) Fachterminologie,  mehrsprachige Begriffe, verschiedene Schreibweisen, Abkürzungen, Plural-, Singular- und Flexionsendungen, Ober- und Unterbegriffe, verwandte Begriffe)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>Fehlerkorrektur (Tippfehler, falsche Logik, Operatoren)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>-&gt; Dokumentenbeschaffung, Weiterverarbeitung, (Auswertung der Quellen für die eigene Arbeit z.B. Referat, Aufsatz, Abschlussarbeit)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
@@ -13392,120 +13091,112 @@
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>SoSe 2025</a:t>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="456729462"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
@@ -13533,255 +13224,231 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="292602" y="1237350"/>
             <a:ext cx="8636389" cy="3312000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>				</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:t>       </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>bonnus</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>						        DBIS</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>				 </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="008E40"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>THEMA</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> 	</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>	</a:t>
-[...3 lines deleted...]
-              <a:t>	MATHSCINET</a:t>
+              <a:t>		MATHSCINET</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:t>           </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>DigiBib</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>		   </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="008E40"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>DER ABSCHLUSSARBEIT</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>	                     </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="de-DE" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="07529A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>zbMATH</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="07529A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> Open</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>							</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>	</a:t>
-[...6 lines deleted...]
-              <a:rPr lang="de-DE" dirty="0" smtClean="0">
+              <a:t>			ZDB			        </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B0F0"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>GOOGLE &amp; Co.</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="07529A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>				     EZB</a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
-[...4 lines deleted...]
-            <p:ph type="dt" sz="half" idx="10"/>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...22 lines deleted...]
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>2</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -13807,103 +13474,96 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="288033" y="288203"/>
             <a:ext cx="3707822" cy="810000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2834741286"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="294084" y="261843"/>
             <a:ext cx="6241673" cy="511733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Digitales </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>informationsangebot</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="310108" y="1080219"/>
             <a:ext cx="8424936" cy="3600032"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -13914,59 +13574,51 @@
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" u="sng" dirty="0"/>
               <a:t>Vorteile</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="07529A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suchportal / Metasuche</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
-              <a:t>: mehrere Online-Kataloge und Datenbanken gleichzeitig </a:t>
-[...7 lines deleted...]
-              <a:t>evtl. verknüpft mit Verfügbarkeitsrecherche</a:t>
+              <a:t>: mehrere Online-Kataloge und Datenbanken gleichzeitig durchsuchbar über eine gemeinsame Suchoberfläche, evtl. verknüpft mit Verfügbarkeitsrecherche</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>Link zum Volltext</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>Fernleihe</a:t>
             </a:r>
@@ -14011,147 +13663,420 @@
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>Unbemerkter temporärer Ausfall von Datenquellen</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>Eingeschränkte Suchfunktionen</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>Datenverzug</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4027453241"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{354B7251-64FA-0DB2-C96F-24278C267731}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="360040" y="288000"/>
+            <a:ext cx="7537817" cy="511733"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Exkurs: Open Access in der Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C060D310-B2C3-852A-2C91-670B5E5A2EC7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="360040" y="1080219"/>
+            <a:ext cx="7055824" cy="3168352"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Retrodigitalisierung und der freie Zugriff auf diese digitalen Inhalte </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Open Access Zeitschriften</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Open Access Bücher</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Disziplinäre Repositorien </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>(Preprints: e-Print Archiv </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1">
+                <a:hlinkClick r:id="rId2" tooltip="arXiv"/>
+              </a:rPr>
+              <a:t>arXiv</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
+                <a:hlinkClick r:id="rId3" tooltip="MPIM Preprint series"/>
+              </a:rPr>
+              <a:t>MPIM Preprint </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1">
+                <a:hlinkClick r:id="rId3" tooltip="MPIM Preprint series"/>
+              </a:rPr>
+              <a:t>series</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t> des Max-Planck-Institut für Mathematik)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Fach Open-Access-Repositorien mit retrodigitali­sierter Literatur</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Open Science in der Mathematik</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1000" dirty="0">
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>https://open-access.network/informieren/open-access-in-fachdisziplinen/mathematik</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="1000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6957FCAD-8098-9BBA-FFEA-F496830A8115}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60029BF2-5B5E-69C0-64EE-FBA0C5AD852B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E7AFF32-7147-8921-0821-DC85BE2EB32B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>21</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="628622518"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Grafik 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -14169,140 +14094,139 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="339575" y="111358"/>
             <a:ext cx="8401913" cy="431254"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Zentraler Einstieg      </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFC000"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>www.ulb.uni-bonn.de</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="339575" y="4824635"/>
             <a:ext cx="864000" cy="288000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>SoSe 2025</a:t>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>21</a:t>
+              <a:t>22</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Ellipse 7"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="936104" y="2227441"/>
             <a:ext cx="1944216" cy="436954"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="FFC000"/>
             </a:solidFill>
           </a:ln>
@@ -14392,548 +14316,416 @@
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2556641733"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="288131"/>
             <a:ext cx="2520280" cy="494973"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Suchportal</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="1080219"/>
             <a:ext cx="8640960" cy="3619617"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
-              <a:t>den </a:t>
+              <a:t>Suche umfasst den </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
-              <a:t>gesamten </a:t>
-[...7 lines deleted...]
-              <a:t>(gedruckt und elektronisch) </a:t>
+              <a:t>gesamten Bestand </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
-              <a:t>der </a:t>
+              <a:t>(gedruckt und elektronisch) der </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
               <a:t>ULB</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
-              <a:t> (Haupt- und Abteilungsbibliothek MNL</a:t>
-[...7 lines deleted...]
-              <a:t>aller </a:t>
+              <a:t> (Haupt- und Abteilungsbibliothek MNL) und </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
-              <a:t>Fach- und </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
+              <a:t>aller Fach- und Institutsbibliotheken </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>sowie</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
               <a:t> Aufsätze</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
-              <a:t>, die </a:t>
-[...3 lines deleted...]
-              <a:t>lizenziert sind und zugänglich im </a:t>
+              <a:t>, die lizenziert sind und zugänglich im Open Access. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1"/>
+              <a:t>bonnus</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
-              <a:t>Open </a:t>
-[...14 lines deleted...]
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
               <a:t> liefert </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" u="sng" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" u="sng" dirty="0"/>
               <a:t>auch</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
-              <a:t>weiterführende </a:t>
-[...9 lines deleted...]
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
+              <a:t> weiterführende Literaturhinweise wie z.B. Volltexte aus Datenbanken und anderen externen Quellen.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="216000" lvl="1">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
-              <a:t>bei Bedarf </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="de-DE" sz="1400" u="sng" dirty="0" smtClean="0"/>
+              <a:t>Suche bei Bedarf </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" u="sng" dirty="0"/>
               <a:t>gezielt</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t> voreinstellen und </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
               <a:t>Suchbegriffe </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>suchen</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="648000" lvl="3">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>in</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
-              <a:t>bestimmten </a:t>
-[...3 lines deleted...]
-              <a:t>Suchfeldern</a:t>
+              <a:t>bestimmten Suchfeldern</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="648000" lvl="3">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>als Anfangsbegriffe aus dem Titel</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="648000" lvl="3">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>in einer angegebenen Reihenfolge</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="216000" lvl="1">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>Suche bei Bedarf </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" u="sng" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" u="sng" dirty="0"/>
               <a:t>erweitern</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
-              <a:t>die Option "</a:t>
+              <a:t> durch die Option "</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
-              <a:t>Suche im </a:t>
-[...7 lines deleted...]
-              <a:t>". Suchbegriffe </a:t>
+              <a:t>Suche im Volltext</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
-              <a:t>werden nun auch in den Online-Volltexten gesucht. </a:t>
-[...21 lines deleted...]
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>". Suchbegriffe werden nun auch in den Online-Volltexten gesucht. Sie erhalten Treffer, die Sie ggf. per Fernleihe bestellen können.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
-              <a:t>Suche über eine große Titelmenge aus unterschiedlichen Quellen, Suche über verschiedene </a:t>
-[...11 lines deleted...]
-              <a:t>Aufsätze, …)</a:t>
+              <a:t>Gemeinsame Suche über eine große Titelmenge aus unterschiedlichen Quellen, Suche über verschiedene Dokument- und Medientypen (Bücher, Zeitschriften, Aufsätze, …)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>Einstieg für die Literaturrecherche, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
               <a:t>aber</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" u="sng" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" u="sng" dirty="0"/>
               <a:t>kein Ersatz </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>für Fachdatenbanken und Spezialverzeichnisse!</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="de-DE" sz="1200" b="1" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="de-DE" sz="1200" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="de-DE" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="de-DE" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="de-DE" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="909085"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>SoSe 2025</a:t>
-[...14 lines deleted...]
-            </a:endParaRPr>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="de-DE" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="de-DE" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="909085"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
             <a:endParaRPr kumimoji="0" lang="de-DE" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="909085"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
@@ -14986,51 +14778,51 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>22</a:t>
+              <a:t>23</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="de-DE" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="909085"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Grafik 6" descr="Logo_bonnus_cmyk.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
@@ -15042,69 +14834,54 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3096344" y="288131"/>
             <a:ext cx="1440160" cy="641162"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="741468710"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
-[...13 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="15" name="Grafik 14"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -15145,147 +14922,140 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="289582" y="223532"/>
             <a:ext cx="1926793" cy="476026"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Suchportal  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFC000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="07529A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>   </a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>23</a:t>
+              <a:t>24</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Grafik 8" descr="Logo_bonnus_cmyk.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2281991" y="288135"/>
             <a:ext cx="1233849" cy="549312"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -15313,101 +15083,101 @@
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Ellipse 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5544616" y="3447191"/>
             <a:ext cx="1008112" cy="216024"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="22225">
             <a:solidFill>
               <a:srgbClr val="00B050"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="17" name="Grafik 16"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId6"/>
           <a:srcRect l="83693" t="19439" r="2544" b="60800"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7968792" y="1339802"/>
             <a:ext cx="888192" cy="942002"/>
           </a:xfrm>
@@ -15427,51 +15197,51 @@
             <a:off x="5222515" y="2994238"/>
             <a:ext cx="1829551" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="00B050"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="800" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="008E40"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Funktionen für Quellen suchen/Zitationen anzeigen, Export, Favoritenliste, …</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="20" name="Gerade Verbindung mit Pfeil 19"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="5832648" y="3262017"/>
             <a:ext cx="109206" cy="185174"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="15875">
             <a:solidFill>
@@ -15626,323 +15396,323 @@
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Ellipse 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8244000" y="972000"/>
             <a:ext cx="360072" cy="165409"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="15875">
             <a:solidFill>
               <a:srgbClr val="00B0F0"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Textfeld 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4188788" y="400871"/>
             <a:ext cx="3780004" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="36000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suchanfrage nach einem Zeitschriftenaufsatz</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Textfeld 15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7541512" y="2983465"/>
             <a:ext cx="1315472" cy="574961"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="3175">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="500" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="500" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>BEACHTEN</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="500" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="500" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>: Bei der Suche nach </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="500" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="500" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Aufsätzen</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="500" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="500" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> wird </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="500" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="500" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>nur</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="500" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="500" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> die Suche nach elektronisch zugänglichen Aufsätzen vorgenommen und keine Suche auf vorhandene gedruckte Aufsätze. Je nach Quellenangabe ist  in der Detailansicht ein Verweis auf vorhandenen gedruckten Bestand der Zeitschrift. </a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="600" dirty="0" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="Textfeld 25"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2130634" y="1081491"/>
             <a:ext cx="1213648" cy="226591"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg2">
               <a:lumMod val="85000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="sysDash"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="108000" tIns="36000" rIns="0" bIns="36000" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1000" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Erweiterte Suche</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="Textfeld 26"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6624736" y="1339802"/>
             <a:ext cx="720080" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg2">
               <a:lumMod val="85000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Grafik 10"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId7"/>
           <a:srcRect b="43864"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3695449" y="3629723"/>
             <a:ext cx="1897566" cy="437331"/>
           </a:xfrm>
@@ -15969,51 +15739,51 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4730886" y="4046475"/>
             <a:ext cx="1627460" cy="92333"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>2. Aufruf der Seite: Hinweis auf gedruckten Bestand</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="24" name="Gerade Verbindung mit Pfeil 23"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1" flipV="1">
             <a:off x="4608232" y="4026650"/>
             <a:ext cx="72000" cy="72000"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="9525">
             <a:solidFill>
@@ -16025,61 +15795,54 @@
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2020696695"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Grafik 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
@@ -16120,147 +15883,140 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="246687" y="116122"/>
             <a:ext cx="2417610" cy="476026"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Suchportal</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFC000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="07529A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>   </a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>24</a:t>
+              <a:t>25</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Grafik 8" descr="Logo_bonnus_cmyk.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2376264" y="172924"/>
             <a:ext cx="1138401" cy="506818"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -16330,51 +16086,51 @@
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="16" name="Gerade Verbindung mit Pfeil 15"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="246686" y="1243361"/>
             <a:ext cx="130940" cy="83681"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="25400">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
@@ -16416,1567 +16172,1507 @@
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="21" name="Ellipse 20"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5616624" y="2517468"/>
             <a:ext cx="730968" cy="132091"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="15875">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Ellipse 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="246688" y="767335"/>
             <a:ext cx="600060" cy="168868"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="25400">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Textfeld 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4193230" y="293741"/>
             <a:ext cx="2575522" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="9525">
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="36000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suchanfrage mit Suchwörtern</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Textfeld 10"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4225833" y="828481"/>
             <a:ext cx="526695" cy="107722"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent4"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="216000" indent="-216000">
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
               <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:buChar char="−"/>
             </a:pPr>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3884710070"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...407 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="295313" y="266153"/>
-[...22 lines deleted...]
-              </a:rPr>
+            <a:off x="714310" y="380575"/>
+            <a:ext cx="5727123" cy="648073"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>	       Zugang - Universität Bonn </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="de-DE" dirty="0"/>
+            </a:br>
+            <a:endParaRPr lang="de-DE" sz="2000" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="308182" y="1290901"/>
+            <a:ext cx="8640000" cy="3317004"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Einzelne Volltexte oder komplette </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
+              <a:t>eZeitschriften</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
               <a:t>eBooks</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" b="1" kern="0" cap="none" dirty="0" smtClean="0">
-[...15 lines deleted...]
-            </a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t> und Datenbanken können frei im Internet (Open Access) zugänglich sein oder müssen lizenziert werden</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" u="sng" dirty="0"/>
+              <a:t>Lizenzierte</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
+              <a:t>eMedien</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t> stehen i.d.R. campusweit zur Verfügung, insbesondere an den Service-PCs der ULB und den Institutsbibliotheken (Authentifizierung über die IP-Adresse)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Angehörige der Universität Bonn (Uni-ID) haben auch die Möglichkeit über WLAN mit dem eigenen Endgerät oder von außerhalb der Hochschule auf das lizenzierte Angebot zuzugreifen. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>VPN-Client für </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1"/>
+              <a:t>bonnet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t>(Installationsanleitung VPN-Client über die Webseite des HRZ)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>	</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="ü"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1"/>
+              <a:t>Shibboleth</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t> (bei Datenbanken, falls möglich)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>26</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Textfeld 7"/>
+          <p:cNvPr id="7" name="Textfeld 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6553650" y="382831"/>
-            <a:ext cx="1944776" cy="246221"/>
+            <a:off x="360040" y="325529"/>
+            <a:ext cx="1429452" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="12700">
-[...186 lines deleted...]
-          </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1000" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="2800" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:srgbClr val="820000"/>
+                  <a:schemeClr val="accent3"/>
                 </a:solidFill>
+                <a:latin typeface="Exo 2 Semi Bold" panose="00000700000000000000" pitchFamily="50" charset="0"/>
               </a:rPr>
-              <a:t>  </a:t>
-[...14 lines deleted...]
-          <p:cNvPr id="9" name="Textfeld 8"/>
+              <a:t>eMedien</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="2800" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent3"/>
+              </a:solidFill>
+              <a:latin typeface="Exo 2 Semi Bold" panose="00000700000000000000" pitchFamily="50" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Textfeld 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2047997" y="2292963"/>
-            <a:ext cx="1872208" cy="400998"/>
+            <a:off x="6585450" y="556426"/>
+            <a:ext cx="2271535" cy="503590"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="19050">
+          <a:ln w="28575">
             <a:solidFill>
-              <a:srgbClr val="07529A"/>
+              <a:srgbClr val="008E40"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="36000" rIns="0" bIns="36000" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="900" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="07529A"/>
-[...169 lines deleted...]
-                  <a:srgbClr val="00B050"/>
+                  <a:srgbClr val="008E40"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Technik und Informatik: Berichtszeitraum ab 2017</a:t>
-[...169 lines deleted...]
-            </a:endParaRPr>
+              <a:t>Lizenzierte </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="008E40"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>eMedien</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="008E40"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> sind in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="008E40"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>bonnus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="008E40"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> nachgewiesen!</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:custDataLst>
+      <p:tags r:id="rId1"/>
+    </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4241930469"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2589716961"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="504056" y="131801"/>
-            <a:ext cx="8166552" cy="433401"/>
+            <a:off x="295313" y="266153"/>
+            <a:ext cx="5377577" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" b="1" kern="0" cap="none" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="EAB90C"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Fachliche </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" b="1" kern="0" cap="none" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="de-DE" b="1" kern="0" cap="none" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="EAB90C"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>eBooks</a:t>
             </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" kern="0" cap="none" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EAB90C"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>  „Springer“</a:t>
+            </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>27</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Textfeld 7"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6553650" y="382831"/>
+            <a:ext cx="1944776" cy="246221"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="65000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Datenbankinfosystem - DBIS</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Textfeld 2"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6552728" y="3528491"/>
+            <a:ext cx="218008" cy="215444"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="216000" indent="-216000">
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+              <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:buChar char="−"/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="22" name="Grafik 21"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2"/>
+          <a:srcRect l="9735" t="29485" r="8130"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="125273" y="1272160"/>
+            <a:ext cx="4788107" cy="2525169"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="23" name="Grafik 22"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="286302" y="4031875"/>
+            <a:ext cx="4788269" cy="486082"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="25" name="Grafik 24"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4"/>
+          <a:srcRect l="998"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="121281" y="714388"/>
+            <a:ext cx="7264310" cy="547428"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="24" name="Grafik 23"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId5"/>
+          <a:srcRect b="3979"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4342576" y="2071596"/>
+            <a:ext cx="4856320" cy="2105918"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Textfeld 9"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6941517" y="2970667"/>
+            <a:ext cx="1800200" cy="153888"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="00B0F0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="820000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="900" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Berichtszeitraum: 2016 – 2023, 2025</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Textfeld 8"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2047997" y="2292963"/>
+            <a:ext cx="1872208" cy="400998"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="07529A"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="72000" tIns="36000" rIns="0" bIns="36000" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="900" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Berichtszeitraum</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="900" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="900" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>2000-2004, 2006, 2008-2011, ab 2013 </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Ellipse 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="35772" y="1858944"/>
+            <a:ext cx="1193264" cy="191552"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="07529A"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Ellipse 10"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4310855" y="2560565"/>
+            <a:ext cx="1330314" cy="202168"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="22225">
+            <a:solidFill>
+              <a:srgbClr val="00B0F0"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Textfeld 17"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3165516" y="1559664"/>
+            <a:ext cx="1229655" cy="254311"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B050"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Technik und Informatik: Berichtszeitraum ab 2017</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Ellipse 15"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5222998" y="754980"/>
+            <a:ext cx="2303040" cy="230334"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Ellipse 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3024336" y="1986253"/>
+            <a:ext cx="864096" cy="174085"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="8B1973"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Grafik 11"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5197793" y="4351457"/>
+            <a:ext cx="886751" cy="332999"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Textfeld 12"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5256584" y="4317725"/>
+            <a:ext cx="827960" cy="366731"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:schemeClr val="accent4">
+                <a:lumMod val="50000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:prstDash val="dash"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="216000" indent="-216000">
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+              <a:buFont typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:buChar char="−"/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4241930469"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="504056" y="131801"/>
+            <a:ext cx="8166552" cy="433401"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" kern="0" cap="none" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EAB90C"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>Fachliche </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" kern="0" cap="none" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="EAB90C"/>
+                </a:solidFill>
+                <a:latin typeface="Arial"/>
+              </a:rPr>
+              <a:t>eBooks</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>28</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Grafik 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6840760" y="284762"/>
             <a:ext cx="1956986" cy="280440"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -18148,51 +17844,51 @@
               <a:srgbClr val="00B0F0"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="19" name="Gerade Verbindung mit Pfeil 18"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="8245012" y="2996619"/>
             <a:ext cx="107980" cy="169402"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="22225">
             <a:solidFill>
               <a:srgbClr val="A62669"/>
             </a:solidFill>
@@ -18264,61 +17960,54 @@
             <a:ext cx="734018" cy="254814"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="50000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:prstDash val="dash"/>
           </a:ln>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="379268562"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Inhaltsplatzhalter 13"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -18360,121 +18049,118 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="344960" y="159151"/>
             <a:ext cx="7249785" cy="511733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Literaturrecherche in Fachdatenbanken</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>28</a:t>
+              <a:t>29</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="11" name="Gerade Verbindung mit Pfeil 10"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="3643209" y="1638463"/>
             <a:ext cx="638477" cy="16"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="57150">
             <a:solidFill>
               <a:srgbClr val="87F7FD"/>
             </a:solidFill>
             <a:prstDash val="sysDot"/>
             <a:tailEnd type="triangle"/>
@@ -18552,1511 +18238,1605 @@
             </a:solidFill>
             <a:prstDash val="sysDash"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr lIns="0" tIns="0" rIns="36000" bIns="0" rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:ln w="28575">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2154017523"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...321 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="432048" y="144115"/>
             <a:ext cx="1782967" cy="504478"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Inhalt</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="432048" y="792187"/>
             <a:ext cx="8424936" cy="3715286"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Wissenschaftliche Arbeit - Informationskompetenz</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1800" b="1" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="de-DE" sz="1800" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Grundlagen der Recherche</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Digitales Informationsangebot</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="1800" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Literaturrecherche in Fachdatenbanken</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1800" b="1" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="de-DE" sz="1800" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Zeitschriftendatenbanken</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="1800" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
-              <a:t>Informationen im </a:t>
-[...3 lines deleted...]
-              <a:t>Internet</a:t>
+              <a:t>Informationen im Internet</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
-              <a:t>von </a:t>
-[...3 lines deleted...]
-              <a:t>außerhalb</a:t>
+              <a:t>Literaturbeschaffung von außerhalb</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Literaturverwaltungsprogramme</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Zusammenfassung</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4100312788"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="314919" y="360139"/>
-[...11 lines deleted...]
-            <a:endParaRPr lang="de-DE" dirty="0"/>
+            <a:off x="288032" y="72107"/>
+            <a:ext cx="5365351" cy="503262"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Datenbank-Infosystem   DBIS</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="314919" y="1008211"/>
-            <a:ext cx="8254033" cy="3744416"/>
+            <a:off x="282697" y="761589"/>
+            <a:ext cx="8640000" cy="3876794"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>für die Suche nach spezieller </a:t>
-[...15 lines deleted...]
-              <a:t>. Sie enthalten </a:t>
+              <a:t>Das</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t> Datenbank-Infosystem (DBIS)</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>bibliographische Angaben (Autor, </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t> ist ein kooperativer Service zur Nutzung wissenschaftlicher Datenbanken, Lernplattformen und Rechercheportale.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>zu </a:t>
-[...3 lines deleted...]
-              <a:t>Veröffentlichungen</a:t>
+              <a:t>In DBIS werden </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t>Datenbanken</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>. Anhand </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t> verzeichnet, deren Inhalte über eine Suchfunktionalität gezielt durchsucht werden können.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Sie </a:t>
-[...3 lines deleted...]
-              <a:t>auch die </a:t>
+              <a:t>Berücksichtigt werden sowohl Datenbanken, in denen Sie nach </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t>Literatur</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Publikationstypen unterscheiden</a:t>
-[...3 lines deleted...]
-              <a:t>. Vielfach sind auch inhaltliche </a:t>
+              <a:t> suchen können, als auch solche, die eine Recherche nach </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t>Fakten</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Angaben zum </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t> ermöglichen.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>, </a:t>
-[...8 lines deleted...]
-              <a:buNone/>
+              <a:t>Sie können im Gesamtbestand von DBIS </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t>recherchieren</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> oder sich in der Fachübersicht im </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t>Fachgebiet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> die Datenbanken anzeigen lassen. Neben den Zugang zu lizenzierten Datenbanken der eigenen Einrichtung, erhalten Sie auch Zugang zu weiteren frei im Internet verfügbaren Datenbanken.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1300" b="1" dirty="0">
-[...261 lines deleted...]
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>In DBIS erfolgt die Suche </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" u="sng" dirty="0"/>
+              <a:t>nach</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t> Datenbanken und nicht in Datenbanken.</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>30</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...22 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1376737128"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3268138035"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="324007" y="355275"/>
+            <a:off x="314919" y="360139"/>
             <a:ext cx="6300729" cy="400895"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
-[...6 lines deleted...]
-            <a:endParaRPr lang="de-DE" dirty="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>DBIS    -   Bibliographische Datenbanken</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="361621" y="990187"/>
-            <a:ext cx="7966001" cy="3600400"/>
+            <a:off x="314919" y="1008211"/>
+            <a:ext cx="8254033" cy="3744416"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Wichtig für die Suche nach spezieller </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t>Fachliteratur </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>sind </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t>bibliographische Datenbanken</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>. Sie enthalten bibliographische Angaben (Autor, Titel, Quelle) zu Veröffentlichungen. Anhand dieser können Sie auch die Publikationstypen unterscheiden. Vielfach sind auch inhaltliche Angaben zum Dokument aufgenommen wie Abstracts, Reviews oder Schlagwörter und Notationen von Klassifikationen der inhaltlichen Erschließung.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="419100" indent="-419100">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="CC0066"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>	</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Aufsatzdatenbanken + Fachbibliographien sind </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>wichtig</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> für die </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Literaturrecherche</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1219200" lvl="2" indent="-419100">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Suche</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>: Wer hat zu welchem Thema was veröffentlicht? </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1219200" lvl="2" indent="-419100">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Treffer</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>: Bücher + Aufsätze/Artikel, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>unabhängig</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> vom Bestand einer Bibliothek !</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1219200" lvl="2" indent="-419100">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>   z.T. eingebunden:  SFX Linking-Service ULB  Bonn</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>Mögliche eingebundene Dienste und Service sind z.B. Link </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1"/>
+              <a:t>Resolver</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t> (Verlinkung auf elektronische Volltexte, Verfügbarkeitsrecherche), Schnittstelle zu Literaturverwaltungsprogrammen, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1"/>
+              <a:t>Alerting</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>-Dienste, Zitiernachweis</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>31</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Grafik 6"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4752528" y="3888531"/>
+            <a:ext cx="1080400" cy="175675"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:custDataLst>
+      <p:tags r:id="rId1"/>
+    </p:custDataLst>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1376737128"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="324007" y="355275"/>
+            <a:ext cx="6300729" cy="400895"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>DBIS    -   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>volltextDatenbanken</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="361621" y="990187"/>
+            <a:ext cx="7966001" cy="3600400"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t>Volltextdatenbank</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>auf den kompletten Text </a:t>
-[...3 lines deleted...]
-              <a:t>zugreifen, das Dokument ist elektronisch hinterlegt.</a:t>
+              <a:t> bezeichnet eine elektronische Sammlung von Volltexten, d.h. Sie können direkt auf den kompletten Text zugreifen, das Dokument ist elektronisch hinterlegt.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>Sie bietet neben den beschreibenden Daten auch den direkten Zugang zu den Publikationen.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
-              <a:t>dass die Dokumente </a:t>
-[...15 lines deleted...]
-              <a:t>diese nur durch bibliografische Angaben formal und inhaltlich erschlossen sind. </a:t>
+              <a:t>Dies bedeutet nicht automatisch, dass die Dokumente mittels Volltextindexierung auch erschlossen sind. Es kann sein, dass diese nur durch bibliografische Angaben formal und inhaltlich erschlossen sind. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="216000" lvl="1" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="de-DE" sz="1300" dirty="0" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1300" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="D2366E"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="216000" lvl="1" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="60000"/>
                     <a:lumOff val="40000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Literaturrecherche </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" u="sng" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="60000"/>
                     <a:lumOff val="40000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>und</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="60000"/>
                     <a:lumOff val="40000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t> Zugang zum Dokument</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1600" dirty="0">
-[...6 lines deleted...]
-            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="de-DE" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="de-DE" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="419100" indent="-419100">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>31</a:t>
+              <a:t>32</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1881278022"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E686926-B1CE-70FF-E3BF-4FD4B3489D36}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="288032" y="150860"/>
+            <a:ext cx="8473921" cy="439725"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>DBIS    -   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>volltextDatenbanken</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> „Preprint-server“</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD859EC-E1E0-AE5F-FD05-93C10058FA95}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="288032" y="720180"/>
+            <a:ext cx="8640000" cy="4104455"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" b="1" dirty="0"/>
+              <a:t>Preprint-Server</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>sind häufig aus der Community heraus entstanden, Preprints werden üblicherweise auf fachspezifischen Preprint-Servern hochgeladen. Auf den Plattformen findet kein Peer Review statt, i.d.R. aber eine elementare Eingangskontrolle, ob eine hochgeladene Publikation wissenschaftlich ist und zum fachlichen Spektrum passt. Preprints sind dauerhaft frei zugänglich. Sie ermöglichen noch vor der endgültigen Veröffentlichung eine kritische Diskussion in der Community.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" b="1" dirty="0" err="1"/>
+              <a:t>arXiv</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>  = Online-Repositorium zur Bereitstellung von Preprint-Aufsätzen</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>qualitätsgesicherte Open-Access Quelle</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>Funktion eines Neuerscheinungsdienstes</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>Kommunikationsplattform. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t>Seit 1991 ist </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0" err="1"/>
+              <a:t>arXiv</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t> besonders für die Fachbereiche Physik, Mathematik und Informatik ein unverzichtbarer Bestandteil der wissenschaftlichen Kommunikation.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="800" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>https://blog.tib.eu/2013/10/24/arxiv-als-open-access-quelle/</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="800" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://blog.tib.eu/arxiv-alphabet/arxiv-alphabet-f-wie/#Fachkulturen</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="800" dirty="0">
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>https://www.tib.eu/de/aktuelles/detail/die-wissenschaft-schuetzen-tib-baut-dark-archive-fuer-arxiv-auf</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="800" dirty="0">
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>https://blog.tib.eu/2025/05/13/die-wissenschaft-schuetzen-tib-baut-dark-archive-fuer-arxiv-auf/</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3450E61C-796A-B2F1-E881-D2B4DC20B1F1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{761BD687-9031-6AF4-3715-FB4135824D6E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF7B1827-7DA5-86E6-0928-AB0B1C83EE14}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>33</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4183699177"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13" name="Grafik 12"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -20099,265 +19879,236 @@
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="432048" y="233666"/>
             <a:ext cx="4917403" cy="423129"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Datenbanken </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="de-DE" dirty="0"/>
+              <a:t>Datenbanken  Mathematik</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>32</a:t>
+              <a:t>34</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Textfeld 15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6636752" y="533684"/>
             <a:ext cx="982960" cy="123111"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="15875">
             <a:solidFill>
               <a:srgbClr val="FFCC00"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="800" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="800" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="800" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>lokale</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="800" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> DBIS-Ansicht</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="31" name="Textfeld 30"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="41165" y="1269915"/>
             <a:ext cx="886831" cy="553998"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="3696F6"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="900" dirty="0" smtClean="0">
-[...9 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="900" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="40000"/>
                     <a:lumOff val="60000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
-              <a:t>berücksichtigen</a:t>
-[...10 lines deleted...]
-              <a:t>!</a:t>
+              <a:t>Auch benachbarte Fächer berücksichtigen!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="34" name="Gerade Verbindung mit Pfeil 33"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="720080" y="3312467"/>
             <a:ext cx="262987" cy="87594"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="31750">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
             <a:tailEnd type="triangle"/>
           </a:ln>
@@ -20519,203 +20270,203 @@
             </a:solidFill>
             <a:prstDash val="sysDot"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="Ellipse 29"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4931190" y="749608"/>
             <a:ext cx="1502921" cy="134448"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="22225">
             <a:solidFill>
               <a:srgbClr val="FFCC00"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="44" name="Ellipse 43"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="964452" y="1453126"/>
+            <a:off x="992815" y="1486026"/>
             <a:ext cx="667470" cy="175639"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="00B0F0"/>
             </a:solidFill>
             <a:prstDash val="sysDot"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="Ellipse 25"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5514192" y="1199122"/>
-            <a:ext cx="667470" cy="102533"/>
+            <a:off x="5472608" y="1199122"/>
+            <a:ext cx="709054" cy="117556"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="00B0F0"/>
             </a:solidFill>
             <a:prstDash val="sysDot"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="20" name="Gerade Verbindung mit Pfeil 19"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="4881512" y="1167382"/>
             <a:ext cx="205968" cy="87819"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="00B0F0"/>
             </a:solidFill>
@@ -20942,437 +20693,422 @@
             </a:solidFill>
             <a:prstDash val="sysDot"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Textfeld 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="243425" y="2158823"/>
+            <a:off x="141829" y="2084053"/>
             <a:ext cx="685501" cy="123111"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="sysDot"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="36000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="800" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Voreinstellung</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2649759084"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="11" name="Inhaltsplatzhalter 10"/>
+          <p:cNvPr id="9" name="Inhaltsplatzhalter 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FB845FA-0503-0196-7649-3A55A30002E0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
+        <p:blipFill>
           <a:blip r:embed="rId2"/>
-          <a:srcRect l="696" t="13040" r="13725" b="4369"/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="396167" y="1052685"/>
-[...4 lines deleted...]
-          </a:prstGeom>
+            <a:off x="144016" y="1142460"/>
+            <a:ext cx="6083285" cy="3313112"/>
+          </a:xfrm>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="316661" y="297425"/>
             <a:ext cx="8324299" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Datenbanken  </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
+              <a:t>Datenbanken  Mathematik   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>-  Alternativer einstieg „Fach“ -</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>33</a:t>
+              <a:t>35</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="10" name="Gerade Verbindung mit Pfeil 9"/>
-          <p:cNvCxnSpPr/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="3096344" y="1445422"/>
-            <a:ext cx="1872208" cy="210861"/>
+            <a:off x="3600400" y="1345154"/>
+            <a:ext cx="2016504" cy="383137"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="28575">
+          <a:ln w="15875">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="23" name="Grafik 22"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3"/>
           <a:srcRect l="29300" t="26761" r="29301" b="16586"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6316342" y="1584275"/>
+            <a:off x="6373570" y="1406943"/>
             <a:ext cx="2612650" cy="3048091"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Ellipse 16"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6376447" y="1594646"/>
+            <a:off x="6480720" y="1397192"/>
             <a:ext cx="2304256" cy="349669"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="00B050"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4096990979"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="300568"/>
             <a:ext cx="2592288" cy="511733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>MathSciNet</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288992" y="1008211"/>
             <a:ext cx="8640000" cy="3706622"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -21405,55 +21141,51 @@
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Online-Version des </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
               <a:t>Referateblattes</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>Mathematical</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" i="1" dirty="0"/>
               <a:t> Reviews </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
-              <a:t>und der </a:t>
-[...3 lines deleted...]
-              <a:t>Fachbibliographie </a:t>
+              <a:t>und der Fachbibliographie </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>Current</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" i="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" i="1" dirty="0" err="1"/>
               <a:t>Mathematical</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" i="1" dirty="0"/>
               <a:t> Publications</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
@@ -21513,172 +21245,150 @@
               <a:t> (MSC)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Integrierte Autorendatenbank</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
-              <a:t>Verknüpfung einzelner Artikel über Zitierungen </a:t>
-[...7 lines deleted...]
-              <a:t>Reviews)</a:t>
+              <a:t>Literaturlisten (Export von Referenzen), Verknüpfung einzelner Artikel über Zitierungen (Literaturnachweise, Reviews)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Tägliche/Stündliche Aktualisierung</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>34</a:t>
+              <a:t>36</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1335161466"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
@@ -21734,358 +21444,356 @@
             </a:solidFill>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381991" y="282329"/>
             <a:ext cx="2209225" cy="647278"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>MathSciNet</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Inhaltsplatzhalter 6"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4"/>
           <a:srcRect l="10201" t="53374" r="11753" b="25499"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5229016" y="3699050"/>
             <a:ext cx="3798432" cy="997284"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>35</a:t>
+              <a:t>37</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Ellipse 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5112568" y="2870751"/>
             <a:ext cx="2907876" cy="232227"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Textfeld 7">
             <a:hlinkClick r:id="rId5"/>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8444931" y="4481207"/>
             <a:ext cx="846460" cy="184666"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="6350">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="40000"/>
                     <a:lumOff val="60000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId6"/>
               </a:rPr>
               <a:t>CIS Search</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1200" b="1" dirty="0" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1200" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="40000"/>
                   <a:lumOff val="60000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Textfeld 14">
             <a:hlinkClick r:id="rId6"/>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8280952" y="4423892"/>
             <a:ext cx="360040" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="40000"/>
                     <a:lumOff val="60000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1200" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="40000"/>
                     <a:lumOff val="60000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>&gt;</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Textfeld 19"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="330903" y="4020420"/>
             <a:ext cx="1080120" cy="184666"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1200" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="de-DE" sz="1200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId7"/>
               </a:rPr>
               <a:t>Youtube</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1200" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1200" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId7"/>
               </a:rPr>
               <a:t>-Videos</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1200" dirty="0" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1200" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Grafik 9"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId8"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4552858" y="646434"/>
             <a:ext cx="2903863" cy="1281593"/>
@@ -22125,570 +21833,560 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7483760" y="979785"/>
             <a:ext cx="1620318" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId10"/>
               </a:rPr>
               <a:t>-&gt; </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1000" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="de-DE" sz="1000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId10"/>
               </a:rPr>
               <a:t>new</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId10"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1000" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="de-DE" sz="1000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId10"/>
               </a:rPr>
               <a:t>research</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId10"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1000" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="de-DE" sz="1000" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId10"/>
               </a:rPr>
               <a:t>interface</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId10"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1200" b="1" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="de-DE" sz="1200" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="0070C0"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId10"/>
               </a:rPr>
               <a:t>MathSciNet</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1200" dirty="0" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1200" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="0070C0"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Ellipse 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5175126" y="3698562"/>
             <a:ext cx="1476000" cy="252000"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="00B050"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Ellipse 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5616624" y="987648"/>
             <a:ext cx="1401253" cy="148391"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Textfeld 15">
             <a:hlinkClick r:id="rId11"/>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8180829" y="2289582"/>
             <a:ext cx="460163" cy="247552"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="22225" cmpd="sng">
             <a:noFill/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>   </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="87F7FD"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>-&gt;</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4166197736"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Grafik 11"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect b="1127"/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="864096" y="727668"/>
-            <a:ext cx="6804401" cy="3977682"/>
+            <a:off x="894654" y="635739"/>
+            <a:ext cx="6672993" cy="3856907"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="504056" y="169956"/>
             <a:ext cx="2088232" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>MathSciNet</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8352928" y="4824635"/>
             <a:ext cx="576000" cy="288000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>36</a:t>
+              <a:t>38</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Grafik 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="216024" y="2043563"/>
+            <a:off x="306032" y="1907502"/>
             <a:ext cx="828000" cy="557468"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Ellipse 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="894654" y="1368251"/>
+            <a:off x="894654" y="1261899"/>
             <a:ext cx="833537" cy="293589"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450">
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="7" name="Gerade Verbindung mit Pfeil 6"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="7327659" y="619656"/>
+            <a:off x="7408449" y="543417"/>
             <a:ext cx="144016" cy="216024"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:srgbClr val="87F7FD"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="11" name="Gerade Verbindung mit Pfeil 10"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1" flipV="1">
-            <a:off x="7269668" y="2088331"/>
+            <a:off x="7275041" y="1971555"/>
             <a:ext cx="146571" cy="144016"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="92D050"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
@@ -22705,81 +22403,146 @@
             <a:off x="3310372" y="308571"/>
             <a:ext cx="3887872" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suchanfrage nach einem Zeitschriftenaufsatz</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="13" name="Grafik 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{894B245E-1839-6A65-6F0C-1378BD0789BC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1113749" y="4492646"/>
+            <a:ext cx="6014483" cy="323295"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="15" name="Gerade Verbindung mit Pfeil 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07436133-CEA5-639D-E13C-45510CE4EB35}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="4680520" y="4433071"/>
+            <a:ext cx="144016" cy="115965"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="31750">
+            <a:solidFill>
+              <a:srgbClr val="B381D9"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3614377337"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="18" name="Grafik 17"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -22797,138 +22560,136 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="504056" y="133248"/>
             <a:ext cx="2088232" cy="412059"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>MathSciNet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>   </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="07529A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>   </a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8352928" y="4824635"/>
             <a:ext cx="576000" cy="288000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>37</a:t>
+              <a:t>39</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="8" name="Gerade Verbindung mit Pfeil 7"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="188463" y="1389902"/>
             <a:ext cx="337730" cy="72008"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="07529A"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
@@ -23004,51 +22765,51 @@
               <a:srgbClr val="00B050"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="17" name="Gerade Verbindung mit Pfeil 16"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="269570" y="4436416"/>
             <a:ext cx="301822" cy="42120"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="25400">
             <a:solidFill>
               <a:srgbClr val="0070C0"/>
             </a:solidFill>
@@ -23132,51 +22893,51 @@
             </a:solidFill>
             <a:prstDash val="sysDot"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="30" name="Gerade Verbindung mit Pfeil 29"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3240360" y="632359"/>
             <a:ext cx="115000" cy="216024"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="31750">
             <a:solidFill>
               <a:srgbClr val="FFC000"/>
             </a:solidFill>
@@ -23246,51 +23007,51 @@
             <a:off x="3329943" y="238482"/>
             <a:ext cx="4824536" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Trefferanzeige zur Suche nach einem Zeitschriftenaufsatz</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="11" name="Gerade Verbindung mit Pfeil 10"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1" flipV="1">
             <a:off x="3672408" y="936203"/>
             <a:ext cx="72008" cy="216024"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="34925">
             <a:solidFill>
@@ -23363,173 +23124,351 @@
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4241754039"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
+            <a:off x="288032" y="351127"/>
+            <a:ext cx="8784977" cy="1017124"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Literaturrecherche im Kontext </a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="de-DE" dirty="0"/>
+            </a:br>
+            <a:br>
+              <a:rPr lang="de-DE" dirty="0"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="de-DE" sz="2200" dirty="0"/>
+              <a:t>wissenschaftlichen Arbeitens und Informationskompetenz</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="288992" y="1944315"/>
+            <a:ext cx="8640000" cy="2088232"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Eigenständige, kritische Auseinandersetzung mit einem Thema setzt Kenntnis und Auswertung der relevanten Literatur voraus</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Nachvollziehbarkeit und Überprüfbarkeit aller Zitate (richtig, vollständig, einheitlich)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Strukturierte Erfassung und Verarbeitung der ermittelten Literatur (hilfreich: Literaturverwaltungsprogramm)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>4</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2641875159"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
             <a:off x="294322" y="295860"/>
             <a:ext cx="2248979" cy="340163"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>MathSciNet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>     </a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>38</a:t>
+              <a:t>40</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Inhaltsplatzhalter 6"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4608000" y="1937583"/>
             <a:ext cx="4459794" cy="2737156"/>
@@ -23550,51 +23489,51 @@
             <a:off x="3114206" y="372376"/>
             <a:ext cx="2502418" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Verfügbarkeit des Aufsatzes</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Grafik 13"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3"/>
           <a:srcRect l="19944" t="27889" r="20602" b="5555"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="216024" y="1074819"/>
@@ -23700,79 +23639,72 @@
             </a:solidFill>
             <a:prstDash val="sysDash"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3140586278"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19" name="Grafik 18"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
@@ -23789,133 +23721,126 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="316770" y="179749"/>
             <a:ext cx="2265783" cy="459979"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>Mathscinet</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t> </a:t>
-[...6 lines deleted...]
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
               <a:t>  </a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>39</a:t>
+              <a:t>41</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="15" name="Gerade Verbindung mit Pfeil 14"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="3829510" y="861468"/>
             <a:ext cx="353581" cy="95109"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="25400">
             <a:solidFill>
               <a:srgbClr val="FFC000"/>
             </a:solidFill>
             <a:prstDash val="sysDot"/>
             <a:tailEnd type="triangle"/>
@@ -23957,92 +23882,92 @@
             </a:solidFill>
             <a:prstDash val="sysDot"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Textfeld 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2732507" y="356662"/>
             <a:ext cx="2520280" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="FFC000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Verfügbarkeit des Aufsatzes</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Grafik 9"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
@@ -24060,51 +23985,51 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5498986" y="2232000"/>
             <a:ext cx="3153048" cy="107722"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="700" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="700" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>ACHTUNG: Hinweis bezieht sich auf den EZB-Zugang für den gesuchten Jg.!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Grafik 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
@@ -24174,51 +24099,51 @@
             </a:solidFill>
             <a:prstDash val="sysDot"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="28" name="Gerade Verbindung mit Pfeil 27"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1" flipV="1">
             <a:off x="5256000" y="2268000"/>
             <a:ext cx="177857" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="3175">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
@@ -24261,301 +24186,72 @@
             </a:solidFill>
             <a:prstDash val="sysDot"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3653800570"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
-[...221 lines deleted...]
-<file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Inhaltsplatzhalter 7"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -24597,190 +24293,162 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="100616"/>
             <a:ext cx="2088232" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>Mathscinet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>     </a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="de-DE" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="de-DE" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="909085"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>SoSe 2025</a:t>
-[...14 lines deleted...]
-            </a:endParaRPr>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr kumimoji="0" lang="de-DE" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" smtClean="0">
+              <a:rPr kumimoji="0" lang="de-DE" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
                 <a:ln>
                   <a:noFill/>
                 </a:ln>
                 <a:solidFill>
                   <a:srgbClr val="909085"/>
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr kumimoji="0" lang="de-DE" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
-[...12 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
@@ -24804,51 +24472,51 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>40</a:t>
+              <a:t>42</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="de-DE" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="909085"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Ellipse 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
@@ -24884,51 +24552,51 @@
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClrTx/>
               <a:buSzTx/>
               <a:buFontTx/>
               <a:buNone/>
               <a:tabLst/>
               <a:defRPr/>
             </a:pPr>
-            <a:endParaRPr kumimoji="0" lang="de-DE" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr kumimoji="0" lang="de-DE" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="07529A"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="13" name="Gerade Verbindung mit Pfeil 12"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="32584" y="2419255"/>
@@ -25006,51 +24674,51 @@
             <a:off x="2880320" y="189182"/>
             <a:ext cx="3744416" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suche mit Autorennamen und Suchwörtern</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Grafik 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
@@ -25087,61 +24755,54 @@
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3845588213"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13" name="Grafik 12"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
@@ -25158,234 +24819,231 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="287118" y="212491"/>
             <a:ext cx="1945129" cy="424510"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>MathSciNet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>41</a:t>
+              <a:t>43</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Textfeld 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5067683" y="2423675"/>
             <a:ext cx="332917" cy="995144"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="800" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Treffer:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="800" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>28</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="800" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>376</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="800" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>3.408</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="800" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>215</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="800" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>968</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Inhaltsplatzhalter 7"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
@@ -25422,51 +25080,51 @@
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="14" name="Gerade Verbindung mit Pfeil 13"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="72000" y="2304000"/>
             <a:ext cx="187093" cy="119675"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="25400">
             <a:solidFill>
               <a:srgbClr val="E66C80"/>
             </a:solidFill>
@@ -25536,51 +25194,51 @@
             <a:off x="2808312" y="390779"/>
             <a:ext cx="4464496" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suchfelder kombinieren, Suchergebnis, Suchhistorie</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Ellipse 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="531606" y="2160339"/>
             <a:ext cx="332490" cy="143661"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="15875">
@@ -25588,221 +25246,190 @@
               <a:srgbClr val="E66C80"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Textfeld 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="144016" y="3591837"/>
             <a:ext cx="1469099" cy="452294"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="2105C7"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="36000" rIns="0" bIns="36000" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="2105C7"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>t</a:t>
-[...10 lines deleted...]
-              <a:rPr lang="de-DE" sz="600" dirty="0" smtClean="0">
+              <a:t>ti</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2105C7"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>: Title</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2105C7"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>r</a:t>
-[...7 lines deleted...]
-              <a:t>: Review</a:t>
+              <a:t>r: Review</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="2105C7"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>p</a:t>
-[...10 lines deleted...]
-              <a:rPr lang="de-DE" sz="600" dirty="0" smtClean="0">
+              <a:t>pcsc</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2105C7"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>: MSC Primary </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="600" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="de-DE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="2105C7"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>or</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="2105C7"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="600" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="de-DE" sz="600" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="2105C7"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Secondary</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="600" dirty="0" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="2105C7"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3088836775"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Grafik 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -25820,160 +25447,158 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="208513"/>
             <a:ext cx="2721387" cy="382414"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>mathscinet</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>42</a:t>
+              <a:t>44</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Textfeld 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2952328" y="286141"/>
             <a:ext cx="5040560" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="FFC000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Export von Suchergebnissen -&gt; Aufnahme in Literaturlisten</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="7" name="Gerade Verbindung mit Pfeil 6"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2232248" y="1333252"/>
             <a:ext cx="144016" cy="128009"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="22225">
             <a:solidFill>
@@ -26017,51 +25642,51 @@
               <a:srgbClr val="CC99FF"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="17" name="Gerade Verbindung mit Pfeil 16"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="3641368" y="1397181"/>
             <a:ext cx="103048" cy="225595"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="F7B3EA"/>
             </a:solidFill>
@@ -26127,195 +25752,185 @@
             </a:solidFill>
             <a:prstDash val="sysDash"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3620629967"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide45.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381066" y="146046"/>
             <a:ext cx="2066563" cy="449276"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>MathSciNet</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>43</a:t>
+              <a:t>45</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Inhaltsplatzhalter 8"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect l="25345" t="14288" r="24039" b="52184"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="381709" y="1296243"/>
             <a:ext cx="4154795" cy="2088232"/>
           </a:xfrm>
@@ -26347,92 +25962,92 @@
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Textfeld 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2664296" y="329926"/>
             <a:ext cx="1800200" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suche nach Autoren</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="12" name="Gerade Verbindung mit Pfeil 11"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4320480" y="2304355"/>
             <a:ext cx="468052" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
@@ -26470,61 +26085,54 @@
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5020535" y="288131"/>
             <a:ext cx="3908457" cy="4461387"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3539814654"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide46.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Grafik 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
@@ -26541,125 +26149,123 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="298270"/>
             <a:ext cx="2088232" cy="367717"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>MathSciNet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>44</a:t>
+              <a:t>46</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="12" name="Gerade Verbindung mit Pfeil 11"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="4032448" y="1656283"/>
             <a:ext cx="611227" cy="720080"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
             </a:solidFill>
@@ -26704,92 +26310,92 @@
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Textfeld 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2664296" y="369392"/>
             <a:ext cx="2169423" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suche nach Zeitschriften</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Inhaltsplatzhalter 9"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
@@ -26863,61 +26469,54 @@
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3249105266"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide45.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide47.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="13" name="Grafik 12"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
@@ -26934,169 +26533,167 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="339171" y="299819"/>
             <a:ext cx="2065209" cy="654892"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>MathSciNet</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>   	</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8208912" y="4608651"/>
             <a:ext cx="576000" cy="288000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>45</a:t>
+              <a:t>47</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Textfeld 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3096344" y="371790"/>
             <a:ext cx="1656184" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suche nach Serien</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Ellipse 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1872232" y="1345984"/>
             <a:ext cx="532148" cy="216000"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100">
@@ -27107,51 +26704,51 @@
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="15" name="Gerade Verbindung mit Pfeil 14"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="3496751" y="1442845"/>
             <a:ext cx="468052" cy="418323"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
@@ -27187,1968 +26784,963 @@
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3988580" y="780630"/>
             <a:ext cx="4966518" cy="3699711"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2222567237"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...892 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide48.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288033" y="248089"/>
-[...12 lines deleted...]
-            </a:r>
+            <a:off x="510933" y="240371"/>
+            <a:ext cx="2209785" cy="391161"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
-              <a:t>zbMATH</a:t>
+              <a:t>MathSciNet</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t> open</a:t>
-[...166 lines deleted...]
-              <a:t>Mathematical</a:t>
+              <a:t>   </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:r>
-[...45 lines deleted...]
-            <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>48</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Inhaltsplatzhalter 13"/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="526519" y="1008211"/>
+            <a:ext cx="3712702" cy="3313112"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15" name="Grafik 14"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4354078" y="1020795"/>
+            <a:ext cx="4311594" cy="3024337"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Ellipse 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1944216" y="1080219"/>
+            <a:ext cx="504056" cy="216024"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="8" name="Gerade Verbindung mit Pfeil 7"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="6048672" y="1229415"/>
+            <a:ext cx="144016" cy="144000"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Textfeld 6"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2772308" y="342710"/>
+            <a:ext cx="6120680" cy="215444"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Übersicht der Klassen und Suche in der </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mathematics</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Subject</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Classification</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> „MSC“</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Ellipse 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="526519" y="1658441"/>
+            <a:ext cx="1532554" cy="141114"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:prstDash val="sysDash"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Ellipse 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2448272" y="1512267"/>
+            <a:ext cx="648072" cy="216024"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="25400">
+            <a:solidFill>
+              <a:srgbClr val="8B1973"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="12" name="Gerade Verbindung mit Pfeil 11"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="2880320" y="1248821"/>
+            <a:ext cx="216024" cy="216024"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="25400">
+            <a:solidFill>
+              <a:srgbClr val="A62669"/>
+            </a:solidFill>
+            <a:prstDash val="sysDash"/>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="953395023"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4037279485"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide49.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="288032" y="183957"/>
+            <a:ext cx="2209225" cy="475936"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>MathSciNet</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="15" name="Grafik 14"/>
+          <p:cNvPr id="7" name="Inhaltsplatzhalter 6"/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="311055" y="1152227"/>
+            <a:ext cx="4539559" cy="3313112"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>49</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Grafik 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId2"/>
-          <a:srcRect t="1731"/>
+          <a:blip r:embed="rId3"/>
+          <a:srcRect l="24350" t="12336" r="39048" b="11690"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4629528" y="407792"/>
-            <a:ext cx="4297423" cy="4369157"/>
+            <a:off x="4833374" y="606269"/>
+            <a:ext cx="2664296" cy="3456384"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="17" name="Inhaltsplatzhalter 16"/>
+          <p:cNvPr id="9" name="Grafik 8"/>
           <p:cNvPicPr>
-            <a:picLocks noGrp="1" noChangeAspect="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4"/>
+          <a:srcRect l="23900" t="12205" r="37851" b="12125"/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="352493" y="551390"/>
-            <a:ext cx="3973606" cy="4177906"/>
+            <a:off x="6754617" y="1944315"/>
+            <a:ext cx="2232248" cy="2760056"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...149 lines deleted...]
-      </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="12" name="Gerade Verbindung mit Pfeil 11"/>
+          <p:cNvPr id="11" name="Gerade Verbindung mit Pfeil 10"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm>
-[...1 lines deleted...]
-            <a:ext cx="218152" cy="79317"/>
+          <a:xfrm flipV="1">
+            <a:off x="3744416" y="1152228"/>
+            <a:ext cx="1296144" cy="648071"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="12700">
+          <a:ln w="25400">
             <a:solidFill>
-              <a:srgbClr val="00B050"/>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="65000"/>
+              </a:schemeClr>
             </a:solidFill>
+            <a:prstDash val="sysDot"/>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="14" name="Gerade Verbindung mit Pfeil 13"/>
+          <p:cNvPr id="10" name="Gerade Verbindung mit Pfeil 9"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm>
-[...1 lines deleted...]
-            <a:ext cx="218152" cy="72008"/>
+          <a:xfrm flipH="1">
+            <a:off x="2114310" y="1635470"/>
+            <a:ext cx="144016" cy="144000"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="12700">
+          <a:ln w="19050">
             <a:solidFill>
-              <a:srgbClr val="00B050"/>
+              <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:cxnSp>
-[...37 lines deleted...]
-          <p:cNvPr id="3" name="Ellipse 2"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Ellipse 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="392178" y="542701"/>
-            <a:ext cx="327854" cy="160155"/>
+            <a:off x="1944216" y="1224235"/>
+            <a:ext cx="576064" cy="216024"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="12700">
+          <a:ln w="38100">
             <a:solidFill>
-              <a:srgbClr val="00B050"/>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...2 lines deleted...]
-          <p:cNvCxnSpPr/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Textfeld 2"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvCxnSpPr>
-[...127 lines deleted...]
-          <a:prstGeom prst="ellipse">
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2952328" y="360048"/>
+            <a:ext cx="1737030" cy="246221"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
-              <a:srgbClr val="FFFF99"/>
-[...50 lines deleted...]
-              <a:srgbClr val="FFFF00"/>
+              <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...24 lines deleted...]
-            </a:endParaRPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Suche in der „MSC“</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2395348902"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1225971357"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="217114"/>
             <a:ext cx="4917403" cy="647278"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Informationskompetenz</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288992" y="1296243"/>
             <a:ext cx="8640000" cy="3312000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
@@ -29167,171 +27759,1094 @@
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" i="1" dirty="0"/>
               <a:t>Verantwortungsbewusste</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t> Nutzung und Weitergabe von Information</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" i="1" dirty="0"/>
               <a:t>Definition</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>: Die Gesamtheit aller Fähigkeiten und Fertigkeiten, die erforderlich sind, um situationsrelevante Informationsbedarfe festzustellen, Information zu beschaffen, weiterzuverarbeiten, zu bewerten, zu präsentieren und Nutzungsbedingungen von Information einzuordnen. [</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" i="1" dirty="0"/>
-              <a:t>Quelle: Hochschule im digitalen Zeitalter: Informationskompetenz neu begreifen – Prozesse anders steuern. Hochschulrektorenkonferenz (HRK</a:t>
-[...3 lines deleted...]
-              <a:t>)]</a:t>
+              <a:t>Quelle: Hochschule im digitalen Zeitalter: Informationskompetenz neu begreifen – Prozesse anders steuern. Hochschulrektorenkonferenz (HRK)]</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1100" i="1" dirty="0">
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
-              <a:t>https://www.hrk.de/positionen/beschluss/detail/hochschule-im-digitalen-zeitalter-informationskompetenz-neu-begreifen-prozesse-anders-steuern</a:t>
-[...5 lines deleted...]
-              <a:t>/</a:t>
+              <a:t>https://www.hrk.de/positionen/beschluss/detail/hochschule-im-digitalen-zeitalter-informationskompetenz-neu-begreifen-prozesse-anders-steuern/</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1100" dirty="0"/>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1100" i="1" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="de-DE" sz="1100" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3517125416"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide50.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="288033" y="248089"/>
+            <a:ext cx="2376264" cy="367717"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>zbMATH</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> open</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="288032" y="715133"/>
+            <a:ext cx="8640000" cy="4032448"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Datenbank von FIZ Karlsruhe, Heidelberger Akademie der Wissenschaften und European </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
+              <a:t>Mathematical</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t> Society</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Online-Version des </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" i="1" dirty="0"/>
+              <a:t>Zentralblatt für Mathematik und ihre Grenzgebiete, Zentralblatt MATH bzw. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" i="1" dirty="0" err="1"/>
+              <a:t>Excerpts</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" i="1" dirty="0" err="1"/>
+              <a:t>from</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" i="1" dirty="0"/>
+              <a:t> Zentralblatt MATH</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Bibliographische Daten, Abstracts, Reviews von Zeitschriftenaufsätzen, Büchern, Kongressberichten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Über 4 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
+              <a:t>Mio</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t> Einträge aus über 4.000 Zeitschriften und 2.000 Buchserien</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Jahrbuch über die Fortschritte der Mathematik (1868-1942) ist vollständig enthalten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Inhaltliche systematische Erschließung: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
+              <a:t>Mathematical</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
+              <a:t>Subject</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
+              <a:t>Classification</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t> (MSC), Schlagwörter</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Verknüpfung einzelner Artikel über die jeweils angegebenen Zitate</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Tägliche Aktualisierung</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>50</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="953395023"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide51.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="22" name="Grafik 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5586788-7603-A934-244A-B41ADAE554FB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4787393" y="567485"/>
+            <a:ext cx="4023393" cy="4113133"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="20" name="Inhaltsplatzhalter 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8BD63486-D28F-29FA-8A42-829C8638C958}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="510724" y="541426"/>
+            <a:ext cx="3563803" cy="4249746"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="288032" y="155218"/>
+            <a:ext cx="2641273" cy="352776"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>Zbmath</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> open</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>51</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Ellipse 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4685599" y="863051"/>
+            <a:ext cx="1043160" cy="216024"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="12" name="Gerade Verbindung mit Pfeil 11"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5819744" y="952332"/>
+            <a:ext cx="146111" cy="108012"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="14" name="Gerade Verbindung mit Pfeil 13"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5645009" y="4513580"/>
+            <a:ext cx="218152" cy="72008"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="18" name="Gerade Verbindung mit Pfeil 17"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1" flipV="1">
+            <a:off x="1367381" y="683094"/>
+            <a:ext cx="241287" cy="112621"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="22225">
+            <a:solidFill>
+              <a:srgbClr val="9CFC1C"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Ellipse 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="486239" y="515725"/>
+            <a:ext cx="327854" cy="160155"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="11" name="Gerade Verbindung mit Pfeil 10"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1" flipV="1">
+            <a:off x="913455" y="670819"/>
+            <a:ext cx="182153" cy="123790"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="8FE406"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="13" name="Gerade Verbindung mit Pfeil 12"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="352493" y="1440259"/>
+            <a:ext cx="203612" cy="144016"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:srgbClr val="FF6600"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Ellipse 24"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6408712" y="1673325"/>
+            <a:ext cx="1079296" cy="126387"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FFFF99"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Ellipse 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5819744" y="3600499"/>
+            <a:ext cx="756000" cy="126387"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FFFF99"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Ellipse 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2808313" y="2304355"/>
+            <a:ext cx="720080" cy="128518"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="FFFF00"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2395348902"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide52.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Inhaltsplatzhalter 9"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -29350,181 +28865,179 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="180934"/>
             <a:ext cx="5688632" cy="513574"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>ZBmath</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t> open         </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="2000" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="2000" dirty="0"/>
               <a:t>General Help      </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>	</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>50</a:t>
+              <a:t>52</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Ellipse 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="792088" y="800393"/>
             <a:ext cx="612164" cy="207818"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="8FE406"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Grafik 13"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5034074" y="800393"/>
             <a:ext cx="3965094" cy="3933499"/>
@@ -29554,51 +29067,51 @@
               <a:srgbClr val="FFCCCC"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Ellipse 14"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4968552" y="2520000"/>
             <a:ext cx="1368152" cy="144395"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="accent2">
@@ -29607,528 +29120,527 @@
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Ellipse 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4968552" y="1368251"/>
             <a:ext cx="3096344" cy="216024"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1117505809"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide51.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide53.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Grafik 6"/>
+          <p:cNvPr id="10" name="Grafik 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EBDFC29-AD3F-6B1C-F3E6-7D2BEB3DA0A6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="850293" y="601846"/>
-            <a:ext cx="4519490" cy="4135813"/>
+            <a:off x="852524" y="553718"/>
+            <a:ext cx="4297685" cy="4213307"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="18" name="Grafik 17"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4"/>
           <a:srcRect l="56779" t="23040" r="31427" b="32320"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6196947" y="1391923"/>
             <a:ext cx="1296144" cy="3066313"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="360040" y="134147"/>
             <a:ext cx="2448272" cy="336887"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>zbMATH</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t> open</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Grafik 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5"/>
           <a:srcRect l="67612" t="23760" r="19900" b="54737"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7608779" y="1365164"/>
             <a:ext cx="1052251" cy="1617912"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="12" name="Gerade Verbindung mit Pfeil 11"/>
-          <p:cNvCxnSpPr/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="519580" y="880117"/>
-            <a:ext cx="200452" cy="89100"/>
+            <a:off x="619844" y="842463"/>
+            <a:ext cx="195661" cy="68733"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="34925">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="26" name="Gerade Verbindung mit Pfeil 25"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="415322" y="1413896"/>
+            <a:off x="480142" y="1329160"/>
             <a:ext cx="267054" cy="72008"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Foliennummernplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>51</a:t>
+              <a:t>53</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Ellipse 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1872208" y="558042"/>
+            <a:off x="1800199" y="511281"/>
             <a:ext cx="504057" cy="232225"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="17" name="Gerade Verbindung mit Pfeil 16"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="613669" y="3149761"/>
+            <a:off x="619844" y="3340053"/>
             <a:ext cx="200452" cy="72008"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="accent2">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="22" name="Gerade Verbindung mit Pfeil 21"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="562808" y="3467849"/>
+            <a:off x="618236" y="3605078"/>
             <a:ext cx="200452" cy="72008"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="accent2">
                 <a:lumMod val="60000"/>
                 <a:lumOff val="40000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="29" name="Gerade Verbindung mit Pfeil 28"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="457562" y="4238603"/>
+            <a:off x="447517" y="4294584"/>
             <a:ext cx="317110" cy="72008"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="31750">
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
@@ -30147,139 +29659,139 @@
             <a:off x="3128295" y="167203"/>
             <a:ext cx="5307008" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suchanfrage nach einem Zeitschriftenaufsatz -&gt; Trefferanzeige</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="15" name="Gerade Verbindung mit Pfeil 14"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="562356" y="3752074"/>
+            <a:off x="615981" y="3898758"/>
             <a:ext cx="230554" cy="73496"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="15875">
             <a:solidFill>
               <a:srgbClr val="CC99FF"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="24" name="Ellipse 23"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4392488" y="3185038"/>
+            <a:off x="4236481" y="3012762"/>
             <a:ext cx="1005951" cy="282811"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="00B050"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="16" name="Grafik 15"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6447992" y="882450"/>
             <a:ext cx="1905000" cy="314325"/>
@@ -30312,135 +29824,128 @@
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="31" name="Gerade Verbindung mit Pfeil 30"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1649506" y="3935506"/>
+            <a:off x="1658100" y="4032547"/>
             <a:ext cx="150693" cy="132074"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="FFC000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="36" name="Gerade Verbindung mit Pfeil 35"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="5299437" y="2833782"/>
+            <a:off x="5194968" y="2714738"/>
             <a:ext cx="236103" cy="72008"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="15875">
             <a:solidFill>
               <a:srgbClr val="7030A0"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1430832810"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide52.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide54.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Inhaltsplatzhalter 11"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -30465,124 +29970,118 @@
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="287496" y="101601"/>
             <a:ext cx="2376264" cy="367717"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>zbMATH</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t> </a:t>
-[...3 lines deleted...]
-              <a:t>open</a:t>
+              <a:t> open</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>52</a:t>
+              <a:t>54</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Grafik 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5337425" y="1800299"/>
             <a:ext cx="3581614" cy="2900288"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -30613,51 +30112,51 @@
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="13" name="Gerade Verbindung mit Pfeil 12"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="26080" y="1713663"/>
             <a:ext cx="302558" cy="47973"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
@@ -30690,51 +30189,51 @@
             <a:off x="3399120" y="63924"/>
             <a:ext cx="3801679" cy="492443"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="36000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suche mit Suchwörtern und Systemstelle -&gt; Suchergebnis, Trefferanzeige</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="15" name="Gerade Verbindung mit Pfeil 14"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="3145115" y="2834746"/>
             <a:ext cx="1925367" cy="1498439"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="25400">
             <a:solidFill>
@@ -30808,51 +30307,51 @@
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="17" name="Gerade Verbindung mit Pfeil 16"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4962458" y="958327"/>
             <a:ext cx="294126" cy="89522"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:srgbClr val="FF3300"/>
             </a:solidFill>
@@ -30900,61 +30399,54 @@
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2728072415"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide53.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide55.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Grafik 11"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -30963,210 +30455,207 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4320020" y="1066635"/>
             <a:ext cx="4792787" cy="3511053"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Inhaltsplatzhalter 6"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3"/>
-          <a:srcRect l="25548" t="17395" r="26796" b="4362"/>
+          <a:srcRect l="25548" t="17395" r="26796" b="5002"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="360040" y="832020"/>
-            <a:ext cx="3723405" cy="3776591"/>
+            <a:off x="360040" y="832021"/>
+            <a:ext cx="3723405" cy="3745668"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="504056" y="320255"/>
             <a:ext cx="2520280" cy="367717"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>zbMATH</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t> Open</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>53</a:t>
+              <a:t>55</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Ellipse 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1933710" y="1331355"/>
             <a:ext cx="576064" cy="216024"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="11" name="Gerade Verbindung mit Pfeil 10"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4157640" y="1276120"/>
             <a:ext cx="288032" cy="145800"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="25400">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
@@ -31211,115 +30700,91 @@
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Rechteck 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5184576" y="1450829"/>
             <a:ext cx="1440720" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>BEACHTEN: Ergebnis ist abhängig vom Suchbegriff </a:t>
-[...23 lines deleted...]
-              <a:t>s“</a:t>
+              <a:t>BEACHTEN: Ergebnis ist abhängig vom Suchbegriff mit und ohne „* “ bzw. „s“</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="10" name="Gerade Verbindung mit Pfeil 9"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1" flipV="1">
             <a:off x="6192688" y="3456483"/>
             <a:ext cx="144016" cy="72008"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="8AE7FA"/>
             </a:solidFill>
             <a:prstDash val="sysDot"/>
             <a:tailEnd type="triangle"/>
@@ -31351,89 +30816,82 @@
             <a:off x="3528392" y="320255"/>
             <a:ext cx="3960440" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="36000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Übersicht der Klassen und Suche in der „MSC</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>“</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1385364190"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide54.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide56.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="15" name="Grafik 14"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -31474,176 +30932,174 @@
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="260699"/>
             <a:ext cx="2435260" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>zbMATH</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t> Open</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>54</a:t>
+              <a:t>56</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Ellipse 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2358515" y="1048464"/>
             <a:ext cx="539903" cy="252000"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:ln>
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:ln>
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="11" name="Gerade Verbindung mit Pfeil 10"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="1620414" y="1362515"/>
             <a:ext cx="3507829" cy="1265876"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
@@ -31753,129 +31209,129 @@
             <a:off x="2729470" y="2817466"/>
             <a:ext cx="936104" cy="123111"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="008E40"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="800" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="700" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="700" dirty="0" err="1"/>
               <a:t>Indexed</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="700" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="700" dirty="0"/>
               <a:t> Cover-</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="700" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="700" dirty="0" err="1"/>
               <a:t>to</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="700" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="700" dirty="0"/>
               <a:t>-Cover</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Textfeld 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3024336" y="3384475"/>
             <a:ext cx="791992" cy="107722"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="008E40"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="700" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="700" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="700" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="700" dirty="0" err="1"/>
               <a:t>No</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="700" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="700" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="700" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="700" dirty="0" err="1"/>
               <a:t>longer</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="700" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="700" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="700" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="700" dirty="0" err="1"/>
               <a:t>indexed</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="700" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="de-DE" sz="700" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="18" name="Gerade Verbindung mit Pfeil 17"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="110331" y="1312286"/>
             <a:ext cx="178485" cy="118107"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="22225">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
@@ -31904,1218 +31360,1115 @@
             <a:off x="3492108" y="384554"/>
             <a:ext cx="2232248" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="36000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suche nach  Zeitschriften</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Textfeld 18"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2225826" y="4140559"/>
             <a:ext cx="1233192" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="00642D"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="36000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="600" dirty="0" err="1"/>
               <a:t>Published</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="600" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="600" dirty="0"/>
               <a:t> electronic </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="600" dirty="0" err="1"/>
               <a:t>only</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="600" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="600" dirty="0" err="1"/>
               <a:t>as</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="600" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="600" dirty="0" err="1"/>
               <a:t>of</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="600" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="600" dirty="0"/>
               <a:t> 2025. This Journal </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="600" dirty="0" err="1"/>
               <a:t>is</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="600" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="600" dirty="0" err="1" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="600" dirty="0" err="1"/>
               <a:t>available</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="600" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="600" dirty="0"/>
               <a:t> Open Access</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="800" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3375704856"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...873 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide57.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288033" y="216122"/>
-            <a:ext cx="5112568" cy="400059"/>
+            <a:off x="306890" y="142108"/>
+            <a:ext cx="5813790" cy="535714"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Web </a:t>
+              <a:t>ARXIV	      </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
-              <a:t>of</a:t>
+              <a:t>PrePrint</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t> Science Core Collection  </a:t>
-[...8 lines deleted...]
-      </p:sp>
+              <a:t>- / </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>ePrint</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>-Server</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Inhaltsplatzhalter 6"/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2"/>
+          <a:srcRect t="13048" b="4361"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="171381" y="946760"/>
+            <a:ext cx="6021059" cy="3108001"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>57</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Grafik 7"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4111848" y="796844"/>
+            <a:ext cx="4920575" cy="1686933"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Textfeld 11"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6264697" y="409965"/>
+            <a:ext cx="2160239" cy="215444"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="36000" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Suchanfrage -&gt; Suchergebnis</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Grafik 2"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4"/>
+          <a:srcRect l="1" r="462"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4488025" y="2483777"/>
+            <a:ext cx="4516161" cy="2133736"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="10" name="Gerade Verbindung mit Pfeil 9"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8424936" y="2483777"/>
+            <a:ext cx="133065" cy="103561"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="22225">
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="11" name="Gerade Verbindung mit Pfeil 10"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="720032" y="1800299"/>
+            <a:ext cx="144016" cy="144016"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="25400">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="605904329"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide58.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="144016" y="216123"/>
+            <a:ext cx="8905931" cy="409310"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Web </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>of</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> Science  –  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>Portal für die parallele und interdisziplinäre Recherche</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="251285" y="936203"/>
+            <a:ext cx="8772966" cy="3744416"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Die </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0" err="1"/>
+              <a:t>WoS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t> Core Collection </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>ist ein aus mehreren Zeitschriften-Indizes (21.000+) sowie Sammlungen von Konferenzen und Büchern bestehender interdisziplinärer Zitationsindex u.a. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" i="1" dirty="0"/>
+              <a:t>Science </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" i="1" dirty="0" err="1"/>
+              <a:t>Citation</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" i="1" dirty="0"/>
+              <a:t> Index </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" i="1" dirty="0" err="1"/>
+              <a:t>Expanded</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" i="1" dirty="0"/>
+              <a:t> (SCI-</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" i="1" dirty="0" err="1"/>
+              <a:t>Expanded</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" i="1" dirty="0"/>
+              <a:t>); </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Zugang ist abhängig vom Umfang der Lizenzierung der jeweiligen Institution.</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t>Die multidisziplinäre Sammlung deckt 254 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0" err="1"/>
+              <a:t>WoS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t> Kategorien ab</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t>Empfehlenswert: Search, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0" err="1"/>
+              <a:t>Advanced</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t> Search</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t>Bibliographische Daten, Abstracts</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t>Artikelverknüpfung über Zitate: Forschungsentwicklung retrospektiv und prospektiv verfolgbar</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t>Suche verwandter Artikel, die die gleiche Literatur zitieren</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t>Inhaltliche Erschließung: Schlagwörter (Keywords Plus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" baseline="30000" dirty="0"/>
+              <a:t>®, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0" err="1"/>
+              <a:t>Author</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t> Keywords)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t>Suchverfeinerung über Fachgebiete (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0" err="1"/>
+              <a:t>WoS</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0" err="1"/>
+              <a:t>Categories</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t>); </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" u="sng" dirty="0"/>
+              <a:t>keine</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t> Klassifikation!</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t>Merklisten zum Speichern, Ausdrucken und Exportieren in Literaturverwaltungsprogramme</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t>Tägliche Aktualisierung</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="80000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1600" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>58</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Textfeld 7"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5237893" y="2088331"/>
+            <a:ext cx="3960440" cy="420628"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" cap="all" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="40000"/>
+                    <a:lumOff val="60000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Exo 2 Semi Bold" pitchFamily="50" charset="0"/>
+              </a:rPr>
+              <a:t>Online - Literatur- und Zitationsdatenbanken</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1200" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2130119617"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide59.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="288033" y="216122"/>
+            <a:ext cx="5112568" cy="400059"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Web </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>of</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> Science Core Collection  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>59</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="25" name="Textfeld 24"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="720080" y="1224235"/>
             <a:ext cx="1440160" cy="482183"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="19050">
             <a:solidFill>
               <a:srgbClr val="0070C0"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Advanced</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> Search </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>-&gt; Search Help</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="Pfeil nach rechts 26"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2520280" y="1321310"/>
             <a:ext cx="504056" cy="262965"/>
           </a:xfrm>
           <a:prstGeom prst="rightArrow">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="22225">
@@ -33124,103 +32477,413 @@
             </a:solidFill>
             <a:prstDash val="sysDot"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Grafik 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3456384" y="766966"/>
             <a:ext cx="4863589" cy="3769637"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="911099928"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide58.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="297493" y="341631"/>
+            <a:ext cx="4917403" cy="351569"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Urheberrecht</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="297493" y="1299730"/>
+            <a:ext cx="8640000" cy="3164865"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>Die Urheber von Werken der Literatur, Wissenschaft und Kunst genießen für ihre Werke Schutz nach Maßgabe dieses Gesetzes (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" b="1" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Urheberrechtsgesetz</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t> vom 9.9.1965, zuletzt geändert  am </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>1.9.2017</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>). Grundsätzlich hat allein der Urheber das Recht über Veröffentlichung, Vervielfältigung, Verbreitung oder sonstige Nutzung seines Werkes zu bestimmen. Gilt u.a. für Texte, Abbildungen, Datenbanken, Computerprogramme, Musik, Filme. Die Schutzdauer beträgt 70 Jahre, gerechnet vom Tod des Urhebers an.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" b="1" dirty="0"/>
+              <a:t>Nutzungsrechte</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>: Der Urheber kann einem anderen das Recht einräumen, das Werk auf einzelne oder alle Nutzungsarten zu nutzen: als einfaches oder ausschließliches Recht sowie räumlich, zeitlich oder inhaltlich beschränkt (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" b="1" dirty="0"/>
+              <a:t>§ 31 UrhG</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>). </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>Für die Nutzung elektronischer Ressourcen in Bibliotheken sind die jeweiligen </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" b="1" dirty="0"/>
+              <a:t>Lizenzverträge der Anbieter</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t> bindend.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>6</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Textfeld 6"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3450579" y="383982"/>
+            <a:ext cx="5472608" cy="866904"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Urheberrechts-Wissensgesellschafts-Gesetz „</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>UrhWissG</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>“, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>gültig</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1300" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2">
+                    <a:lumMod val="60000"/>
+                    <a:lumOff val="40000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> ab 1. März 2018 (Gesetz zur Angleichung des Urheberrechts an die aktuellen ‚Erfordernisse der Wissensgesellschaft)*</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2098064627"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide60.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Inhaltsplatzhalter 9"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
@@ -33251,373 +32914,371 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288033" y="216122"/>
             <a:ext cx="5112568" cy="400059"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Web </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>of</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t> Science Core Collection  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>58</a:t>
+              <a:t>60</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Ellipse 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="1080120" y="745501"/>
             <a:ext cx="504056" cy="281738"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="31750">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="Ellipse 26"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2272959" y="1052802"/>
             <a:ext cx="1081136" cy="261059"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="22225">
             <a:solidFill>
               <a:srgbClr val="7030A0"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="36" name="Ellipse 35"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1813583" y="1642348"/>
             <a:ext cx="736165" cy="250020"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="22225">
             <a:solidFill>
               <a:srgbClr val="7030A0"/>
             </a:solidFill>
             <a:prstDash val="sysDot"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="38" name="Ellipse 37"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2532598" y="1650814"/>
             <a:ext cx="898576" cy="220949"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="22225">
             <a:solidFill>
               <a:srgbClr val="7030A0"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="39" name="Ellipse 38"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4068172" y="1027239"/>
             <a:ext cx="1080119" cy="261060"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="19050">
             <a:solidFill>
               <a:srgbClr val="D818A6"/>
             </a:solidFill>
             <a:prstDash val="solid"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="7" name="Gerade Verbindung mit Pfeil 6"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1" flipV="1">
             <a:off x="4464496" y="4392587"/>
             <a:ext cx="72008" cy="144016"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:srgbClr val="92D050"/>
             </a:solidFill>
@@ -33756,51 +33417,51 @@
               <a:srgbClr val="FF3300"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="19" name="Gerade Verbindung mit Pfeil 18"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="8647835" y="2870241"/>
             <a:ext cx="144048" cy="214984"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="34925">
             <a:solidFill>
               <a:srgbClr val="FF3300"/>
             </a:solidFill>
@@ -33846,61 +33507,54 @@
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2056152326"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide59.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide61.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Grafik 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -33930,121 +33584,119 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288033" y="216122"/>
             <a:ext cx="5112568" cy="400059"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Web </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>of</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t> Science Core Collection  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>59</a:t>
+              <a:t>61</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="24" name="Gerade Verbindung mit Pfeil 23"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="6984216" y="2304355"/>
             <a:ext cx="144016" cy="12079"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="22225">
             <a:solidFill>
               <a:srgbClr val="00B050"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
@@ -34111,51 +33763,51 @@
             <a:off x="5904656" y="305455"/>
             <a:ext cx="2448336" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="36000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suchanfrage -&gt; Suchergebnis</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="20" name="Gerade Verbindung mit Pfeil 19"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="3456384" y="2952427"/>
             <a:ext cx="144016" cy="72008"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
@@ -34370,51 +34022,51 @@
             </a:solidFill>
             <a:prstDash val="sysDot"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="13" name="Gerade Verbindung mit Pfeil 12"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2663706" y="2132603"/>
             <a:ext cx="252029" cy="94150"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="25400">
             <a:solidFill>
               <a:srgbClr val="FF3300"/>
             </a:solidFill>
@@ -34568,1360 +34220,1109 @@
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2294610042"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide62.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="297493" y="341631"/>
-[...53 lines deleted...]
-              <a:rPr lang="de-DE" sz="1600" dirty="0">
+            <a:off x="252028" y="152939"/>
+            <a:ext cx="5453271" cy="367717"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Web </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>of</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> Science </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>core</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>collection</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="07529A"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>1.9.2017</a:t>
-[...55 lines deleted...]
-            </a:pPr>
+              <a:t> </a:t>
+            </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>6</a:t>
+              <a:t>62</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="Textfeld 6"/>
+          <p:cNvPr id="3" name="Textfeld 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3450579" y="383982"/>
-            <a:ext cx="5472608" cy="866904"/>
+            <a:off x="6336704" y="325250"/>
+            <a:ext cx="1296144" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-        </p:spPr>
-[...1 lines deleted...]
-          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="36000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1300" b="1" dirty="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="accent2">
-[...2 lines deleted...]
-                  </a:schemeClr>
+                  <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Urheberrechts-Wissensgesellschafts-Gesetz „</a:t>
-[...52 lines deleted...]
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+              <a:t>Trefferanzeige</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="28" name="Gerade Verbindung mit Pfeil 27"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="3536104" y="1440259"/>
+            <a:ext cx="110118" cy="72008"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:srgbClr val="92D050"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="32" name="Gerade Verbindung mit Pfeil 31"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="3502713" y="1858913"/>
+            <a:ext cx="143509" cy="87983"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="35" name="Ellipse 34"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4705781" y="4130320"/>
+            <a:ext cx="716112" cy="162572"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="39" name="Gerade Verbindung mit Pfeil 38"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2929491" y="755013"/>
+            <a:ext cx="98343" cy="174700"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:srgbClr val="F68E9F"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="41" name="Ellipse 40"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4752528" y="2355375"/>
+            <a:ext cx="288032" cy="165004"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:srgbClr val="8FE406"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="42" name="Ellipse 41"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4752528" y="2952428"/>
+            <a:ext cx="360040" cy="144016"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:srgbClr val="8FE406"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Ellipse 6"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="540000" y="2355375"/>
+            <a:ext cx="267997" cy="130886"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="8FE406"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Ellipse 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="540000" y="3312000"/>
+            <a:ext cx="576000" cy="144000"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="07529A"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Grafik 7"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="288032" y="950354"/>
+            <a:ext cx="4021579" cy="3514241"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Grafik 9"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4642172" y="912585"/>
+            <a:ext cx="4146315" cy="3552010"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="12" name="Gerade Verbindung mit Pfeil 11"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="103903" y="4032547"/>
+            <a:ext cx="184129" cy="72008"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Ellipse 14"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3352690" y="1296242"/>
+            <a:ext cx="535742" cy="144017"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:srgbClr val="D818A6"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="13" name="Gerade Verbindung mit Pfeil 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F855E98E-5E6F-9EB6-9C85-85A27B3BC59B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4523873" y="3115139"/>
+            <a:ext cx="169277" cy="72008"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="B381D9"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="16" name="Gerade Verbindung mit Pfeil 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49045B6B-A4EC-C26E-DE68-2E0AC2DFA9CD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="181139" y="2808411"/>
+            <a:ext cx="148125" cy="72008"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="3696F6"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="18" name="Gerade Verbindung mit Pfeil 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2265EBAB-DBD1-EA67-C953-62515DC84176}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4494047" y="2564649"/>
+            <a:ext cx="148125" cy="72008"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="3696F6"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2098064627"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1120210739"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide60.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide63.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="252028" y="152939"/>
-[...701 lines deleted...]
-          <a:xfrm>
             <a:off x="288032" y="223080"/>
             <a:ext cx="4917403" cy="511733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Zeitschriftendatenbanken</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288992" y="1008211"/>
             <a:ext cx="8640000" cy="3600400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" b="1" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0"/>
-              <a:t>(ZDB</a:t>
-[...3 lines deleted...]
-              <a:t>)</a:t>
+              <a:t>Zeitschriftendatenbank (ZDB)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Weltweit größte Datenbank für den </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" b="1" dirty="0"/>
               <a:t>Nachweis</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t> von Zeitschriften, Zeitungen, Schriftenreihen und anderen periodisch erscheinenden Veröffentlichungen aus allen Ländern, in allen Sprachen, ohne zeitliche Einschränkung, in gedruckter, elektronischer oder anderer Form.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t>Elektronische Zeitschriftenbibliothek (EZB)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
-              <a:t>zur effektiven Nutzung wissenschaftlicher Volltextzeitschriften im Internet. Sie bietet einen </a:t>
+              <a:t>Service zur effektiven Nutzung wissenschaftlicher Volltextzeitschriften im Internet. Sie bietet einen </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" b="1" dirty="0"/>
               <a:t>schnellen, strukturierten und einheitlichen Zugang zu wissenschaftlichen Volltextzeitschriften</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
-              <a:t>Zugriffsmöglichkeiten auf Volltextartikel werden institutionsabhängig durch verschiedenfarbige Ampelsymbole </a:t>
-[...3 lines deleted...]
-              <a:t>angezeigt.</a:t>
+              <a:t>. Die Zugriffsmöglichkeiten auf Volltextartikel werden institutionsabhängig durch verschiedenfarbige Ampelsymbole angezeigt.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" b="1" dirty="0"/>
               <a:t>BEACHTEN:  Nur</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t> Zeitschriftentitel enthalten, </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" u="sng" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" u="sng" dirty="0"/>
               <a:t>keine</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t> Zeitschriftenaufsätze</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>!</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>61</a:t>
+              <a:t>63</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1641478113"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide62.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide64.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Grafik 13"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
@@ -35960,98 +35361,96 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Zeitschriftendatenbank   ZDB   </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>62</a:t>
+              <a:t>64</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Textfeld 12"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1295381" y="1678816"/>
             <a:ext cx="4176464" cy="389850"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
@@ -36071,51 +35470,51 @@
               <a:t>Exakte Schreibweise </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="800" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>nicht</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> bekannt eher „Titelstichworte“ wählen mit Platzhalter „?“ bzw. „*“</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="15" name="Gerade Verbindung mit Pfeil 14"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1" flipV="1">
             <a:off x="5256584" y="1526310"/>
             <a:ext cx="288032" cy="263078"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
@@ -36148,107 +35547,107 @@
             <a:off x="2633461" y="3186051"/>
             <a:ext cx="288032" cy="153888"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1000" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1000" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="de-DE" sz="1000" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>print</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1000" dirty="0" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Textfeld 18"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2607648" y="2537747"/>
             <a:ext cx="360040" cy="153888"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1000" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> online</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Ellipse 19"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1152032" y="3888531"/>
             <a:ext cx="648168" cy="216024"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
@@ -36256,51 +35655,51 @@
               <a:schemeClr val="accent2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="22" name="Gerade Verbindung mit Pfeil 21"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4032448" y="2808411"/>
             <a:ext cx="216024" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
@@ -36328,73 +35727,73 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4350944" y="2703868"/>
             <a:ext cx="576065" cy="482183"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>[EZB]</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="7" name="Gerade Verbindung mit Pfeil 6"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="6974134" y="578670"/>
             <a:ext cx="256255" cy="168329"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="31750">
             <a:solidFill>
               <a:srgbClr val="92D050"/>
             </a:solidFill>
@@ -36422,58 +35821,58 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8064896" y="555113"/>
             <a:ext cx="432048" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="00B050"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Rechteck 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7239169" y="374501"/>
             <a:ext cx="534457" cy="276999"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
@@ -36502,193 +35901,179 @@
             <a:off x="5749997" y="272782"/>
             <a:ext cx="1224137" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="36000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suche -&gt; Treffer</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="191521628"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide63.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide65.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288033" y="206762"/>
             <a:ext cx="5040560" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Zeitschriftendatenbank   </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="de-DE" dirty="0"/>
+              <a:t>Zeitschriftendatenbank   ZDB</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>63</a:t>
+              <a:t>65</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Inhaltsplatzhalter 10"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect l="9233" t="13048" r="7906" b="4361"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1405556" y="815471"/>
             <a:ext cx="6227292" cy="3879296"/>
           </a:xfrm>
@@ -36754,165 +36139,158 @@
               <a:srgbClr val="008E40"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Textfeld 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2376264" y="2452974"/>
             <a:ext cx="432048" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="15875">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> Print</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Textfeld 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5832648" y="400689"/>
             <a:ext cx="1584176" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="36000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Bestandsnachweis</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3321468519"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide64.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide66.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="20" name="Grafik 19"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -36952,211 +36330,209 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Elektronische Zeitschriftenbibliothek  EZB</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>64</a:t>
+              <a:t>66</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Ellipse 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="200526" y="1080219"/>
             <a:ext cx="1904550" cy="253440"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="22225">
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Textfeld 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6408744" y="1320833"/>
             <a:ext cx="2232248" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFC000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Online-Zugang </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" b="1" u="sng" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" b="1" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFC000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>ab</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFC000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> 11.2002 - …</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Ellipse 15"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="978274" y="2209704"/>
             <a:ext cx="3342206" cy="233219"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="19050">
@@ -37164,51 +36540,51 @@
               <a:srgbClr val="00B050"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="19" name="Inhaltsplatzhalter 18"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
@@ -37240,101 +36616,101 @@
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Ellipse 16"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5029721" y="2851334"/>
             <a:ext cx="3237745" cy="439517"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="FFFF66"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Grafik 10"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="6704070" y="3546939"/>
             <a:ext cx="180020" cy="180020"/>
@@ -37350,62 +36726,62 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6596090" y="4120006"/>
             <a:ext cx="2044902" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="40000"/>
                     <a:lumOff val="60000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1000" b="1" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="40000"/>
                     <a:lumOff val="60000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>Nachweis Printbestand Univ. Bonn !</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Ellipse 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5108943" y="3546939"/>
             <a:ext cx="1411444" cy="180020"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
@@ -37419,82 +36795,75 @@
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent5">
                   <a:lumMod val="40000"/>
                   <a:lumOff val="60000"/>
                 </a:schemeClr>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="484052857"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide65.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide67.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Grafik 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -37534,98 +36903,96 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>EZB-Link  zur  Verlagsseite</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>65</a:t>
+              <a:t>67</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="9" name="Gerade Verbindung mit Pfeil 8"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4310063" y="3168451"/>
             <a:ext cx="216024" cy="144016"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="FFC000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
@@ -37705,1464 +37072,720 @@
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3904098256"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...658 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide68.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="348603"/>
-[...11 lines deleted...]
-            <a:endParaRPr lang="de-DE" dirty="0"/>
+            <a:off x="288032" y="360139"/>
+            <a:ext cx="4917403" cy="439725"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Informationen  im  Internet</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288064" y="1214310"/>
-            <a:ext cx="8352928" cy="3519896"/>
+            <a:off x="288032" y="972864"/>
+            <a:ext cx="8424936" cy="3816424"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0"/>
-              <a:t>Der Fachinformationsdienst </a:t>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Internetquellen</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Heterogene Informationen</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Qualitätskontrolle, Seriosität ist nicht überall gegeben</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Suchmaschinen </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
-              <a:t>Mathematik </a:t>
-[...54 lines deleted...]
-            <a:endParaRPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>(Google, Google Scholar, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>BASE: Bielefeld Academic Search Engine, …); </a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0"/>
-              <a:t>DFG-Projekt </a:t>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>     Deep Web (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>geschützte</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>Inhalte</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>sind</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" u="sng" dirty="0" err="1"/>
+              <a:t>nicht</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
+              <a:t>auffindbar</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0"/>
+              <a:t>)</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="1600" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Open Access </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
-              <a:t>der SUB Göttingen u. TIB Hannover in Koop. mit Mathematisches Forschungsinstitut </a:t>
-[...3 lines deleted...]
-              <a:t>Oberwolfach</a:t>
+              <a:t>(kostenfreier Zugang zu wissenschaftlichen Dokumenten im </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Internet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="053997"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Wikipedia</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="053997"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>(freie Online-Enzyklopädie mit Literaturhinweisen und Links)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Webseiten </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
-              <a:t> (MFO) </a:t>
-[...5 lines deleted...]
-              <a:buNone/>
+              <a:t>(z.B. ULB Bonn und Fachbibliothek Mathematik mit Informationen und Links)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Fachportale</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>68</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...118 lines deleted...]
-      </p:pic>
     </p:spTree>
+    <p:custDataLst>
+      <p:tags r:id="rId1"/>
+    </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4141063632"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1744793287"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide69.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="278234" y="294169"/>
-[...10 lines deleted...]
-            </a:r>
+            <a:off x="309298" y="360139"/>
+            <a:ext cx="4917403" cy="439725"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>von </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="de-DE" dirty="0"/>
+              <a:t>Fachportale</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="1089261"/>
-            <a:ext cx="8640000" cy="3456016"/>
+            <a:off x="279436" y="1135308"/>
+            <a:ext cx="8640000" cy="3312000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
-[...27 lines deleted...]
-              <a:t>Bibliothek zu Bibliothek</a:t>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Internetportal mit Fachinformationen und elektronischen Ressourcen zu einem bestimmten Wissenschaftsgebiet</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:buFont typeface="Wingdings 2" pitchFamily="18" charset="2"/>
-              <a:buNone/>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
             </a:pPr>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
-[...3 lines deleted...]
-              <a:buNone/>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>Aufbau und Pflege von wissenschaftlichen Instituten, Fachverbänden, Forschungsgesellschaften bzw. professionellen Informationsanbietern</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
-[...22 lines deleted...]
-              <a:buChar char="Ø"/>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>Ressourcen mit hohem Qualitätsstandard (definierte Qualitätskriterien)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" i="1" dirty="0"/>
-[...10 lines deleted...]
-              <a:buChar char="Ø"/>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>Suche nach fachspezifischen Informationen und wissenschaftlich fundierter Literatur im Internet</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" i="1" dirty="0"/>
-[...9 lines deleted...]
-              <a:buNone/>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>Dienste: u.a. Metasuche, Mailinglisten, Diskussionsforen, thematisch strukturierte Linksammlungen, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1"/>
+              <a:t>Alerting</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>-Dienste</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
             </a:pPr>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
-[...10 lines deleted...]
-              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0" err="1"/>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" i="1" dirty="0"/>
+              <a:t>Beispiele</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>: NUMDAM, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1"/>
+              <a:t>EuDML</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>, Project EUCLID, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1"/>
               <a:t>fidmath</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1400" b="1" dirty="0"/>
-[...7 lines deleted...]
-              <a:t> Beschaffungs- oder Digitalisierungswunsch für spezielle Literatur</a:t>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>, GDZ, JSTOR</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>69</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3613008997"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3114150345"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="360139"/>
             <a:ext cx="4917403" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Urheberrecht   – SCHRANKEN -</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288992" y="1224603"/>
             <a:ext cx="8135944" cy="3312000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" b="1" dirty="0"/>
-              <a:t>Schranken des Urheberrechts durch gesetzlich erlaubte </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="de-DE" sz="1800" b="1" dirty="0"/>
+              <a:t>Schranken des Urheberrechts durch gesetzlich erlaubte Nutzungen (§§ 44a ff UrhG)</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>Zum Zwecke des Zitats ist zulässig, wenn </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" i="1" dirty="0"/>
               <a:t>einzelne Werke zur Erläuterung des Inhalts </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>und </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" i="1" dirty="0"/>
               <a:t>Stellen eines Werkes </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>nach der Veröffentlichung in einem selbständigen Sprachwerk aufgenommen / angeführt werden (</a:t>
             </a:r>
@@ -39240,77 +37863,75 @@
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -39321,1858 +37942,2198 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6120680" y="2160339"/>
             <a:ext cx="432048" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Zitat</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Textfeld 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6624176" y="3744515"/>
             <a:ext cx="504056" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Kopien</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="17150321"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide70.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="295994" y="288131"/>
-[...11 lines deleted...]
-            <a:endParaRPr lang="de-DE" dirty="0"/>
+            <a:off x="288032" y="348603"/>
+            <a:ext cx="3361353" cy="511733"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Fachportal   </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288992" y="1224603"/>
-            <a:ext cx="8640000" cy="3528024"/>
+            <a:off x="288064" y="1214310"/>
+            <a:ext cx="8352928" cy="3519896"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0"/>
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>Der Fachinformationsdienst Mathematik „</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1">
+                <a:hlinkClick r:id="rId2"/>
               </a:rPr>
-              <a:t>DigiBib</a:t>
-[...79 lines deleted...]
-            <a:pPr marL="216000" lvl="1" indent="0">
+              <a:t>fidmath</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>“ ermöglicht einen zentralen Sucheinstieg zu vielen mathematikspezifischen Informationsquellen</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" u="sng" dirty="0"/>
+              <a:t>Eingebunden</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t> sind fachliche Datenbanken (u.a. Jahrbuch-Datenbank, Online Contents, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1"/>
+              <a:t>arXiv</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>, NUMDAM, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1"/>
+              <a:t>ELibM</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>, Fachkatalog Mathematik (GVK))</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" u="sng" dirty="0" smtClean="0"/>
-[...19 lines deleted...]
-              <a:buChar char="Ø"/>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>DFG-Projekt der SUB Göttingen u. TIB Hannover in Koop. mit Mathematisches Forschungsinstitut </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1"/>
+              <a:t>Oberwolfach</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t> (MFO) </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0"/>
-[...28 lines deleted...]
-              <a:t> in Bonn vorhanden sind.</a:t>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>Lizenzen:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>70</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Grafik 6"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2664296" y="214864"/>
+            <a:ext cx="2725148" cy="865707"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Grafik 7"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2143762" y="3192461"/>
+            <a:ext cx="2448272" cy="1364931"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Grafik 8"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4929847" y="2809548"/>
+            <a:ext cx="3035770" cy="966806"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Grafik 9"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4929848" y="3821584"/>
+            <a:ext cx="3035770" cy="912622"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Grafik 10"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId7"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="283617" y="3385174"/>
+            <a:ext cx="1572107" cy="489753"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
-    <p:custDataLst>
-[...1 lines deleted...]
-    </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3068997168"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4141063632"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide71.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="333819" y="288131"/>
-[...11 lines deleted...]
-            <a:endParaRPr lang="de-DE" dirty="0"/>
+            <a:off x="278234" y="294169"/>
+            <a:ext cx="6673721" cy="511733"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Literaturbeschaffung  von  außerhalb</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="333819" y="1008211"/>
-[...7 lines deleted...]
-            <a:pPr>
+            <a:off x="288032" y="1089261"/>
+            <a:ext cx="8640000" cy="3456016"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
-[...24 lines deleted...]
-              <a:t>Auswahl an Zitationsstile</a:t>
+              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
+              <a:t>Fernleihe</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>Onlinebestellung von in Bonner Bibliotheken nicht vorhandenen Büchern und Aufsätzen als registrierter Benutzer der ULB zum Pauschalpreis über die </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0" err="1"/>
+              <a:t>DigiBib</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>; Lieferung von </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" u="sng" dirty="0"/>
+              <a:t>Bibliothek zu Bibliothek</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
+              <a:buFont typeface="Wingdings 2" pitchFamily="18" charset="2"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
+              <a:t>Kostenpflichtige Dokumentenlieferdienste</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1"/>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>Lieferung </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" u="sng" dirty="0"/>
+              <a:t>direkt</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t> an Endnutzer; z.T. große Kostenunterschiede</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
-[...57 lines deleted...]
-            <a:pPr>
+              <a:rPr lang="de-DE" sz="1400" i="1" dirty="0"/>
+              <a:t>Subito</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>: Normal- und Eilbestellung von Büchern und Aufsätzen</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1"/>
-[...18 lines deleted...]
-            <a:endParaRPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:rPr lang="de-DE" sz="1400" i="1" dirty="0"/>
+              <a:t>Pay per View</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>: direkter Download von der Webseite des Verlages</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
+              <a:t>Bestellservice </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0" err="1"/>
+              <a:t>fidmath</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="1400" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="400050" lvl="2" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t> Beschaffungs- oder Digitalisierungswunsch für spezielle Literatur</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>71</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4137051437"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3613008997"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide72.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="360139"/>
-[...9 lines deleted...]
-              <a:t>Zusammenfassung</a:t>
+            <a:off x="295994" y="288131"/>
+            <a:ext cx="2713281" cy="439725"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>DigiBib</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288992" y="792187"/>
-[...10 lines deleted...]
-              </a:lnSpc>
+            <a:off x="288992" y="1224603"/>
+            <a:ext cx="8640000" cy="3528024"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Die Digitale Bibliothek </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0" err="1">
                 <a:solidFill>
-                  <a:srgbClr val="07529A"/>
+                  <a:srgbClr val="053997"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Wissenschaftliche Arbeit - Informationskompetenz</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="de-DE" sz="1600" dirty="0">
+              <a:t>DigiBib</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="07529A"/>
-[...7 lines deleted...]
-                  <a:srgbClr val="07529A"/>
+                  <a:srgbClr val="0146A3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>ist ein </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="009644"/>
+                  <a:srgbClr val="053997"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Grundlegende </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="de-DE" sz="1600" dirty="0">
+              <a:t>Portal</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>dass einen einheitlichen Zugang zu heterogenen Informations- und Dienstleistungsangeboten bietet.</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" b="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Die </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="009644"/>
+                  <a:srgbClr val="053997"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Prinzipien, UrhG</a:t>
-[...6 lines deleted...]
-              </a:lnSpc>
+              <a:t>Metasuche</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> innerhalb des </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>DigiBib</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>-Portals ermöglicht eine gleichzeitige Suche in unterschiedlichen Datenbanken über eine gemeinsame Suchoberfläche. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="216000" lvl="1" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0">
+              <a:rPr lang="de-DE" u="sng" dirty="0"/>
+              <a:t>Aber</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> nicht alle von der ULB lizenzierten Datenbanken stehen über die Metasuche zur Verfügung und Suchkriterien können eingeschränkt sein.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Über den Menüpunkt </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0">
                 <a:solidFill>
-                  <a:srgbClr val="07529A"/>
+                  <a:srgbClr val="053997"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Grundlagen der Recherche: </a:t>
-[...289 lines deleted...]
-              <a:t>/ Zitierstile und Literaturdaten/-verzeichnisse</a:t>
+              <a:t>Fernleihe</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> innerhalb des </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>DigiBib</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>-Portals können Sie Bücher oder Aufsätze aus anderen Bibliotheken bestellen, die </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" u="sng" dirty="0"/>
+              <a:t>nicht</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> in Bonn vorhanden sind.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>72</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
+    <p:custDataLst>
+      <p:tags r:id="rId1"/>
+    </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3164276365"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3068997168"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide73.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
-[...8 lines deleted...]
-            <a:endParaRPr lang="de-DE" dirty="0"/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="333819" y="288131"/>
+            <a:ext cx="6169665" cy="511733"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Literaturverwaltungsprogramme</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
-[...4 lines deleted...]
-            <a:pPr marL="0" indent="0">
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="333819" y="1008211"/>
+            <a:ext cx="8379149" cy="3456384"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
-[...13 lines deleted...]
-              <a:buNone/>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>Literatur elektronisch</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>sammeln</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>sortieren</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>weiterverarbeiten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>Auswahl an Zitationsstile</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
-[...13 lines deleted...]
-              <a:buNone/>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>verschiedene Programme verfügbar z.B. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1"/>
+              <a:t>Citavi</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1"/>
+              <a:t>EndNote</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1"/>
+              <a:t>Zotero</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1"/>
+              <a:t>JabRef</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t> ist an Arbeitsplätzen im Mathematischen Institut installiert. Import aus Datenbanken, die Austauschformate (z.B. RIS, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1"/>
+              <a:t>BibTeX</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>, XML) anbieten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
-[...44 lines deleted...]
-            <a:endParaRPr lang="de-DE" dirty="0"/>
+              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1"/>
+              <a:t>Mendeley</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t> = Literaturverwaltungssystem </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" u="sng" dirty="0"/>
+              <a:t>und</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t> wissenschaftliches soziales Netzwerk; kostenlose Basisversion</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>73</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
-    <p:custDataLst>
-[...1 lines deleted...]
-    </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2166564414"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4137051437"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide74.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="311055" y="504154"/>
-[...11 lines deleted...]
-            <a:endParaRPr lang="de-DE" dirty="0"/>
+            <a:off x="288032" y="360139"/>
+            <a:ext cx="4917403" cy="367717"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Zusammenfassung</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288992" y="1267821"/>
-[...5 lines deleted...]
-          <a:lstStyle/>
+            <a:off x="288992" y="792187"/>
+            <a:ext cx="8640000" cy="3960440"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Wissenschaftliche Arbeit - Informationskompetenz:  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="009644"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Grundlegende Prinzipien, UrhG</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Grundlagen der Recherche:  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00A44A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Thema -&gt; Strategie</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="1600" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="009644"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Digitales Informationsangebot:  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="00A44A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>bonnus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00A44A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> – Literaturrechercheportal für die Universität Bonn</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Literaturrecherche in Fachdatenbanken:  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="009644"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Thematische Literatursuche in der „Fachwelt“</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Zeitschriftendatenbanken:  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="009644"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Nachweis / Zugang von Zeitschriften</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Informationen im Internet:  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="009644"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Internetquellen, Suchmaschinen</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Literaturbeschaffung von außerhalb:  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="009644"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Nicht in Bonn vorhanden</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="150000"/>
+              </a:lnSpc>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Literaturverwaltungsprogramme:  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="009644"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Zitate / Zitierstile und Literaturdaten/-verzeichnisse</a:t>
+            </a:r>
+          </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:r>
-[...4 lines deleted...]
-          </a:p>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>74</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3164276365"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide75.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Zusammenfassung</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1" smtClean="0"/>
-[...4 lines deleted...]
-              <a:t>: Zentrale Einrichtungen/ULB</a:t>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Eine </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t>gute Vorbereitung </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>der Recherche sehr wichtig für den Erfolg ist.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Es </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t>mehrere Recherchemethoden </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>zur effizienten Suche gibt.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Es </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t>mehrere Rechercheinstrumente </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>(Portale, Literaturdatenbanken, Suchmaschinen) gibt.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Mit </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t>fachspezifischen Datenbanken </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>gezielt und schneller thematisch wissenschaftlich relevante Ergebnisse gefunden werden.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Das </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t>Internet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> viele Recherchemöglichkeiten bietet, aber nicht alle Informationen gleich wertvoll sind.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>75</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:custDataLst>
+      <p:tags r:id="rId1"/>
+    </p:custDataLst>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2166564414"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide76.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="311055" y="504154"/>
+            <a:ext cx="3073321" cy="439725"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="288992" y="1267821"/>
+            <a:ext cx="8640000" cy="3556814"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t>Folien</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
+              <a:t>eCampus</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>: Zentrale Einrichtungen/ULB</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0">
                 <a:hlinkClick r:id="rId4"/>
               </a:rPr>
-              <a:t>https://</a:t>
-[...7 lines deleted...]
-            <a:endParaRPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:t>https://ecampus.uni-bonn.de/goto_ecampus_cat_7154.html</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="de-DE" b="1" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="de-DE" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t>Literaturhinweis</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPct val="50000"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Teichert, Astrid (2013): Erfolgreich recherchieren – Mathematik. Berlin : de </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
               <a:t>Gruyter</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t> (Erfolgreich recherchieren). </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0">
                 <a:hlinkClick r:id="rId5"/>
               </a:rPr>
-              <a:t>https://</a:t>
-[...7 lines deleted...]
-            <a:endParaRPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:t>https://www.degruyter.com/document/doi/10.1515/9783110298970/html</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPct val="50000"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
-              <a:t>im Hochschulnetz der Universität Bonn zugänglich) </a:t>
+              <a:t>(im Hochschulnetz der Universität Bonn zugänglich) </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="de-DE" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="de-DE" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>SoSe 2025</a:t>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>74</a:t>
+              <a:t>76</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Grafik 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="288033" y="288203"/>
             <a:ext cx="3744415" cy="810000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2375751925"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide75.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide77.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Textplatzhalter 15"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Viel Erfolg bei Ihrer Arbeit!</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="17" name="Textplatzhalter 16"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="14"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1296144" y="2952427"/>
             <a:ext cx="6408712" cy="1944216"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Eva-Maria Kopp</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Fachreferentin Mathematik der ULB</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1800" dirty="0">
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>kopp@ulb.uni-bonn.de</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
-[...3 lines deleted...]
-              <a:rPr lang="de-DE" sz="1800" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Bei Fragen können Sie sich gerne per Mail an mich wenden.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Grafik 4"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
@@ -41180,230 +40141,213 @@
           <a:xfrm>
             <a:off x="288033" y="288203"/>
             <a:ext cx="3707822" cy="810000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Datumsplatzhalter 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="15"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Fußzeilenplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="17"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:pPr/>
-              <a:t>75</a:t>
+              <a:t>77</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4249482657"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311055" y="277258"/>
             <a:ext cx="4917403" cy="511733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Urheberrecht   - Schranken -</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="311055" y="1116881"/>
             <a:ext cx="8640000" cy="3563738"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" b="1" dirty="0"/>
-              <a:t>... für Unterricht, Wissenschaft und </a:t>
-[...5 lines deleted...]
-            <a:endParaRPr lang="de-DE" sz="1200" b="1" i="1" dirty="0" smtClean="0"/>
+              <a:t>... für Unterricht, Wissenschaft und Institutionen	</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="1200" b="1" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>Unterricht und Lehre </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" b="1" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1600" b="1" dirty="0"/>
               <a:t>(§ 60a UrhG):</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1600" dirty="0" smtClean="0"/>
+            <a:endParaRPr lang="de-DE" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1200" dirty="0" smtClean="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-DE" sz="1200" dirty="0"/>
-              <a:t>Veranschaulichung des Unterrichts und der Lehre dürfen zu </a:t>
+              <a:t>Zur Veranschaulichung des Unterrichts und der Lehre dürfen zu </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" i="1" dirty="0"/>
               <a:t>nicht kommerziellen Zwecken </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" b="1" dirty="0"/>
               <a:t>bis zu 15 % </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" dirty="0"/>
               <a:t>eines veröffentlichten Werkes vervielfältigt, verbreitet, öffentlich zugänglich gemacht und in sonstiger Weise öffentlich wiedergegeben werden.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" dirty="0"/>
               <a:t>Abbildungen, einzelne Beiträge aus derselben Fachzeitschrift oder wissenschaftlichen Zeitschrift, sonstige Werke geringen Umfangs und vergriffene Werke dürfen </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" b="1" dirty="0"/>
               <a:t>vollständig</a:t>
@@ -41446,51 +40390,51 @@
               <a:rPr lang="de-DE" sz="1200" dirty="0"/>
               <a:t>dürfen </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" b="1" dirty="0"/>
               <a:t>bis zu 15 % </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" dirty="0"/>
               <a:t>eines Werkes vervielfältigt, verbreitet und öffentlich zugänglich gemacht werden</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" dirty="0"/>
               <a:t>Für die </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" i="1" dirty="0"/>
               <a:t>eigene wissenschaftliche Forschung </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1200" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
               <a:t>dürfen </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" b="1" dirty="0"/>
               <a:t>bis zu 75 % </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" dirty="0"/>
               <a:t>eines Werkes vervielfältigt werden.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" dirty="0"/>
               <a:t>Abbildungen, einzelne Beiträge aus derselben Fachzeitschrift oder wissenschaftlichen Zeitschrift, sonstige Werke geringen Umfangs und vergriffene Werke dürfen </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" b="1" dirty="0"/>
               <a:t>vollständig</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" dirty="0"/>
@@ -41499,77 +40443,75 @@
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>8</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -41580,222 +40522,209 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6336704" y="2676413"/>
             <a:ext cx="2088296" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Semesterapparat (</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>eCampus</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
-[...3 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Textfeld 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6840760" y="4465175"/>
             <a:ext cx="1431776" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Forschungsapparat</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Textfeld 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5508052" y="473154"/>
             <a:ext cx="3240360" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1300" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="60000"/>
                     <a:lumOff val="40000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>*Nutzungsbefugnisse für Unterricht, Forschung und Wissensinstitutionen §§ 60a bis 60h</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2220857527"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="313205" y="360139"/>
             <a:ext cx="4917403" cy="511733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0" smtClean="0"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Urheberrecht  – Schranken -</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288992" y="1224603"/>
             <a:ext cx="8279960" cy="3312000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
@@ -41861,77 +40790,75 @@
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="de-DE"/>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
@@ -41942,77 +40869,70 @@
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6696744" y="2687954"/>
             <a:ext cx="1584176" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0" smtClean="0">
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> Kopien per Fernleihe</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3126886518"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:timing>
-[...5 lines deleted...]
-  </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/tags/tag1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_PROJECT_OPEN" val="0"/>
   <p:tag name="ARTICULATE_SLIDE_COUNT" val="36"/>
   <p:tag name="ARTICULATE_DESIGN_ID_UNI_BONN" val="wvfkJ4ds"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:tag name="ARTICULATE_SLIDE_THUMBNAIL_REFRESH" val="1"/>
 </p:tagLst>
 </file>
 
 <file path=ppt/tags/tag12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:tagLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
@@ -42953,123 +41873,124 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Präsentation_Vorlage-1</Template>
   <TotalTime></TotalTime>
-  <Words>4001</Words>
+  <Words>4347</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Benutzerdefiniert</PresentationFormat>
-  <Paragraphs>657</Paragraphs>
-  <Slides>75</Slides>
+  <Paragraphs>687</Paragraphs>
+  <Slides>77</Slides>
   <Notes>27</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Verwendete Schriftarten</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>8</vt:i4>
+        <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Design</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Folientitel</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>75</vt:i4>
+        <vt:i4>77</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="84" baseType="lpstr">
+    <vt:vector size="85" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Courier New</vt:lpstr>
-      <vt:lpstr>Exo 2</vt:lpstr>
       <vt:lpstr>Exo 2 Semi Bold</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Wingdings 2</vt:lpstr>
       <vt:lpstr>Uni_Bonn</vt:lpstr>
       <vt:lpstr>B.SC. Mathematik Fachspezifische Literaturrecherche </vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>Inhalt</vt:lpstr>
       <vt:lpstr>Literaturrecherche im Kontext   wissenschaftlichen Arbeitens und Informationskompetenz</vt:lpstr>
       <vt:lpstr>Informationskompetenz</vt:lpstr>
       <vt:lpstr>Urheberrecht</vt:lpstr>
       <vt:lpstr>Urheberrecht   – SCHRANKEN -</vt:lpstr>
       <vt:lpstr>Urheberrecht   - Schranken -</vt:lpstr>
       <vt:lpstr>Urheberrecht  – Schranken -</vt:lpstr>
       <vt:lpstr>Plagiat</vt:lpstr>
       <vt:lpstr>Grundlagen der Recherche</vt:lpstr>
       <vt:lpstr>Wissenschaftliche Literatur</vt:lpstr>
       <vt:lpstr>Methoden der literaturrecherche</vt:lpstr>
       <vt:lpstr>Planung einer thematischen literatursuche</vt:lpstr>
       <vt:lpstr>Suchbegriffe, Themenbereiche</vt:lpstr>
       <vt:lpstr>klassifikation</vt:lpstr>
       <vt:lpstr>Speziell: Fachklassifikation Mathematik</vt:lpstr>
       <vt:lpstr>Suchinstrumente / Hilfsmittel</vt:lpstr>
       <vt:lpstr>Durchführung einer literaturrecherche</vt:lpstr>
       <vt:lpstr>Digitales informationsangebot</vt:lpstr>
+      <vt:lpstr>Exkurs: Open Access in der Mathematik</vt:lpstr>
       <vt:lpstr>Zentraler Einstieg       www.ulb.uni-bonn.de</vt:lpstr>
       <vt:lpstr>Suchportal</vt:lpstr>
       <vt:lpstr>Suchportal         </vt:lpstr>
       <vt:lpstr>Suchportal       </vt:lpstr>
       <vt:lpstr>        Zugang - Universität Bonn  </vt:lpstr>
       <vt:lpstr>Fachliche eBooks  „Springer“</vt:lpstr>
       <vt:lpstr>Fachliche eBooks</vt:lpstr>
       <vt:lpstr>Literaturrecherche in Fachdatenbanken</vt:lpstr>
       <vt:lpstr>Datenbank-Infosystem   DBIS</vt:lpstr>
       <vt:lpstr>DBIS    -   Bibliographische Datenbanken</vt:lpstr>
       <vt:lpstr>DBIS    -   volltextDatenbanken</vt:lpstr>
+      <vt:lpstr>DBIS    -   volltextDatenbanken „Preprint-server“</vt:lpstr>
       <vt:lpstr>Datenbanken  Mathematik</vt:lpstr>
       <vt:lpstr>Datenbanken  Mathematik   -  Alternativer einstieg „Fach“ -</vt:lpstr>
       <vt:lpstr>MathSciNet</vt:lpstr>
       <vt:lpstr>MathSciNet</vt:lpstr>
       <vt:lpstr>MathSciNet</vt:lpstr>
       <vt:lpstr>MathSciNet      </vt:lpstr>
       <vt:lpstr>MathSciNet     </vt:lpstr>
       <vt:lpstr>Mathscinet    </vt:lpstr>
       <vt:lpstr>Mathscinet     </vt:lpstr>
       <vt:lpstr>MathSciNet  </vt:lpstr>
       <vt:lpstr>mathscinet</vt:lpstr>
       <vt:lpstr>MathSciNet  </vt:lpstr>
       <vt:lpstr>MathSciNet  </vt:lpstr>
       <vt:lpstr>MathSciNet    </vt:lpstr>
       <vt:lpstr>MathSciNet    </vt:lpstr>
       <vt:lpstr>MathSciNet</vt:lpstr>
       <vt:lpstr> zbMATH open</vt:lpstr>
       <vt:lpstr>Zbmath open</vt:lpstr>
       <vt:lpstr>ZBmath open         General Help       </vt:lpstr>
       <vt:lpstr>zbMATH open</vt:lpstr>
       <vt:lpstr>zbMATH open</vt:lpstr>
       <vt:lpstr>zbMATH Open</vt:lpstr>
       <vt:lpstr>zbMATH Open</vt:lpstr>
       <vt:lpstr>ARXIV       PrePrint- / ePrint-Server</vt:lpstr>
       <vt:lpstr>Web of Science  –  Portal für die parallele und interdisziplinäre Recherche</vt:lpstr>