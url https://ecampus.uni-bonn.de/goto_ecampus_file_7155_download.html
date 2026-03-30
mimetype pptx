--- v1 (2025-12-14)
+++ v2 (2026-03-30)
@@ -205,74 +205,74 @@
     <p:sldId id="322" r:id="rId9"/>
     <p:sldId id="326" r:id="rId10"/>
     <p:sldId id="321" r:id="rId11"/>
     <p:sldId id="325" r:id="rId12"/>
     <p:sldId id="324" r:id="rId13"/>
     <p:sldId id="329" r:id="rId14"/>
     <p:sldId id="327" r:id="rId15"/>
     <p:sldId id="333" r:id="rId16"/>
     <p:sldId id="332" r:id="rId17"/>
     <p:sldId id="331" r:id="rId18"/>
     <p:sldId id="330" r:id="rId19"/>
     <p:sldId id="328" r:id="rId20"/>
     <p:sldId id="334" r:id="rId21"/>
     <p:sldId id="400" r:id="rId22"/>
     <p:sldId id="336" r:id="rId23"/>
     <p:sldId id="317" r:id="rId24"/>
     <p:sldId id="337" r:id="rId25"/>
     <p:sldId id="375" r:id="rId26"/>
     <p:sldId id="308" r:id="rId27"/>
     <p:sldId id="339" r:id="rId28"/>
     <p:sldId id="342" r:id="rId29"/>
     <p:sldId id="341" r:id="rId30"/>
     <p:sldId id="309" r:id="rId31"/>
     <p:sldId id="289" r:id="rId32"/>
     <p:sldId id="396" r:id="rId33"/>
-    <p:sldId id="398" r:id="rId34"/>
-[...22 lines deleted...]
-    <p:sldId id="357" r:id="rId57"/>
+    <p:sldId id="397" r:id="rId34"/>
+    <p:sldId id="372" r:id="rId35"/>
+    <p:sldId id="348" r:id="rId36"/>
+    <p:sldId id="368" r:id="rId37"/>
+    <p:sldId id="347" r:id="rId38"/>
+    <p:sldId id="376" r:id="rId39"/>
+    <p:sldId id="345" r:id="rId40"/>
+    <p:sldId id="380" r:id="rId41"/>
+    <p:sldId id="379" r:id="rId42"/>
+    <p:sldId id="346" r:id="rId43"/>
+    <p:sldId id="392" r:id="rId44"/>
+    <p:sldId id="370" r:id="rId45"/>
+    <p:sldId id="344" r:id="rId46"/>
+    <p:sldId id="382" r:id="rId47"/>
+    <p:sldId id="351" r:id="rId48"/>
+    <p:sldId id="381" r:id="rId49"/>
+    <p:sldId id="353" r:id="rId50"/>
+    <p:sldId id="393" r:id="rId51"/>
+    <p:sldId id="390" r:id="rId52"/>
+    <p:sldId id="355" r:id="rId53"/>
+    <p:sldId id="391" r:id="rId54"/>
+    <p:sldId id="354" r:id="rId55"/>
+    <p:sldId id="357" r:id="rId56"/>
+    <p:sldId id="398" r:id="rId57"/>
     <p:sldId id="383" r:id="rId58"/>
     <p:sldId id="352" r:id="rId59"/>
     <p:sldId id="394" r:id="rId60"/>
     <p:sldId id="386" r:id="rId61"/>
     <p:sldId id="395" r:id="rId62"/>
     <p:sldId id="387" r:id="rId63"/>
     <p:sldId id="268" r:id="rId64"/>
     <p:sldId id="384" r:id="rId65"/>
     <p:sldId id="377" r:id="rId66"/>
     <p:sldId id="378" r:id="rId67"/>
     <p:sldId id="385" r:id="rId68"/>
     <p:sldId id="269" r:id="rId69"/>
     <p:sldId id="362" r:id="rId70"/>
     <p:sldId id="363" r:id="rId71"/>
     <p:sldId id="367" r:id="rId72"/>
     <p:sldId id="310" r:id="rId73"/>
     <p:sldId id="366" r:id="rId74"/>
     <p:sldId id="365" r:id="rId75"/>
     <p:sldId id="265" r:id="rId76"/>
     <p:sldId id="261" r:id="rId77"/>
     <p:sldId id="260" r:id="rId78"/>
   </p:sldIdLst>
   <p:sldSz cx="9217025" cy="5184775"/>
   <p:notesSz cx="9928225" cy="6797675"/>
   <p:custDataLst>
@@ -459,60 +459,60 @@
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr loop="1" showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
+    <a:srgbClr val="8CF8F3"/>
+    <a:srgbClr val="87F7FD"/>
+    <a:srgbClr val="8AE7FA"/>
+    <a:srgbClr val="3696F6"/>
+    <a:srgbClr val="F9B1BD"/>
     <a:srgbClr val="B381D9"/>
-    <a:srgbClr val="3696F6"/>
+    <a:srgbClr val="FF99CC"/>
+    <a:srgbClr val="8FE406"/>
     <a:srgbClr val="D818A6"/>
-    <a:srgbClr val="8AE7FA"/>
     <a:srgbClr val="FF3300"/>
-    <a:srgbClr val="8FE406"/>
-[...3 lines deleted...]
-    <a:srgbClr val="2105C7"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{00A15C55-8517-42AA-B614-E9B94910E393}">
   <a:tblStyle styleId="{0E3FDE45-AF77-4B5C-9715-49D594BDF05E}" styleName="Helle Formatvorlage 1 - Akzent 2">
     <a:wholeTbl>
       <a:tcTxStyle>
         <a:fontRef idx="minor">
           <a:scrgbClr r="0" g="0" b="0"/>
         </a:fontRef>
         <a:schemeClr val="tx1"/>
       </a:tcTxStyle>
@@ -1239,54 +1239,54 @@
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent4"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="16452" autoAdjust="0"/>
     <p:restoredTop sz="95742" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="136" d="100"/>
-          <a:sy n="136" d="100"/>
+          <a:sx n="101" d="100"/>
+          <a:sy n="101" d="100"/>
         </p:scale>
-        <p:origin x="138" y="198"/>
+        <p:origin x="72" y="322"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="590"/>
         <p:guide orient="horz" pos="817"/>
         <p:guide orient="horz" pos="1724"/>
         <p:guide orient="horz" pos="1905"/>
         <p:guide orient="horz" pos="3039"/>
         <p:guide orient="horz" pos="3221"/>
         <p:guide orient="horz" pos="182"/>
         <p:guide orient="horz" pos="2858"/>
         <p:guide pos="181"/>
         <p:guide pos="5625"/>
         <p:guide pos="2994"/>
         <p:guide pos="2812"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
@@ -1959,55 +1959,55 @@
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide32.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide48.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide47.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide53.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide52.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide58.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide68.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide72.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide76.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
@@ -3276,51 +3276,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Foliennummernplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B40210A4-2901-42F9-8CA9-E251F67383C7}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>48</a:t>
+              <a:t>47</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2101030357"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -3360,51 +3360,51 @@
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Foliennummernplatzhalter 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="13"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{B40210A4-2901-42F9-8CA9-E251F67383C7}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>53</a:t>
+              <a:t>52</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="394858032"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -10011,51 +10011,51 @@
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag23.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpim-bonn.mpg.de/de/node/263" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://arxiv.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open-access.network/informieren/open-access-in-fachdisziplinen/mathematik" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpim-bonn.mpg.de/de/node/263" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://arxiv.org/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://open-access.network/informieren/open-access-in-fachdisziplinen/mathematik" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mfo.de/scientific-program/publications/owp" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ulb.uni-bonn.de/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag25.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag26.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.png"/></Relationships>
 </file>
@@ -10063,215 +10063,215 @@
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag24.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag27.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag28.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag29.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.tib.eu/arxiv-alphabet/arxiv-alphabet-f-wie/#Fachkulturen" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.tib.eu/2013/10/24/arxiv-als-open-access-quelle/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.tib.eu/2025/05/13/die-wissenschaft-schuetzen-tib-baut-dark-archive-fuer-arxiv-auf/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tib.eu/de/aktuelles/detail/die-wissenschaft-schuetzen-tib-baut-dark-archive-fuer-arxiv-auf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image30.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image29.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image32.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image31.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image34.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image33.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/@mathscinet" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mathscinet.ams.org/cis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mathscinet.ams.org/mathscinet/info/index.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/tO9FGGwUv9Y" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mathscinet.ams.org/mathscinet/publications-search" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image38.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image36.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/@mathscinet" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image35.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mathscinet.ams.org/cis" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mathscinet.ams.org/mathscinet/info/index.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://youtu.be/tO9FGGwUv9Y" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mathscinet.ams.org/mathscinet/publications-search" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image37.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image39.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image41.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image40.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image42.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image44.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image43.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image46.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image45.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image48.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image47.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image49.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image51.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image50.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image52.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image54.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image53.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide44.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image56.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image55.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide45.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image58.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image57.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide46.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image60.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image59.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide47.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image62.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image61.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide48.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image63.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image64.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide49.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image66.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image65.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hrk.de/positionen/beschluss/detail/hochschule-im-digitalen-zeitalter-informationskompetenz-neu-begreifen-prozesse-anders-steuern/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide50.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide51.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image69.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image68.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide52.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image71.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image70.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide53.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image72.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image75.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image74.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image73.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image78.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image80.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image79.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide54.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image77.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image76.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image78.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image82.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image81.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide55.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image80.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image79.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image83.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide56.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image82.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image81.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.tib.eu/arxiv-alphabet/arxiv-alphabet-f-wie/#Fachkulturen" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.tib.eu/2013/10/24/arxiv-als-open-access-quelle/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://blog.tib.eu/2025/05/13/die-wissenschaft-schuetzen-tib-baut-dark-archive-fuer-arxiv-auf/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tib.eu/de/aktuelles/detail/die-wissenschaft-schuetzen-tib-baut-dark-archive-fuer-arxiv-auf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide57.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image84.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image83.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image85.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image86.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image85.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image87.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide58.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide59.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image86.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image88.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.gesetze-im-internet.de/urhg/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide60.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image88.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image87.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image90.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image89.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide61.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image90.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image89.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image91.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide62.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image92.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image91.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image94.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image93.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide63.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag30.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide64.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image93.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image95.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide65.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image94.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image96.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide66.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image96.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image95.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image97.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image98.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image97.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image99.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide67.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image98.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image100.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide68.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag31.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide69.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide70.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image99.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image103.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fidmath.de/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image102.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image101.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image100.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image101.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image105.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fidmath.de/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image104.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image103.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image102.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide71.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide72.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag32.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide73.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide74.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide75.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag33.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide76.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tags" Target="../tags/tag34.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9783110298970/html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ecampus.uni-bonn.de/goto_ecampus_cat_7154.html" TargetMode="External"/></Relationships>
 </file>
@@ -10472,78 +10472,78 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="311055" y="213339"/>
-            <a:ext cx="1273121" cy="511733"/>
+            <a:off x="335547" y="198503"/>
+            <a:ext cx="1273121" cy="468052"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Plagiat</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="311055" y="907556"/>
+            <a:off x="335547" y="864195"/>
             <a:ext cx="8545929" cy="3744416"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>Ist jede unrechtmäßige Übernahme von Texten, Gedanken, Erkenntnissen o.Ä. Dritter,  in vollständiger oder partieller Form, und deren Wiedergabe als vermeintlich eigene wissenschaftliche Leistung. D.h., jede nicht genau gekennzeichnete Übernahme eines fremden Gedankens ist ein Plagiat („Diebstahl geistigen Eigentums“).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>Verstößt gegen Urheberrecht und wissenschaftliche Redlichkeit</a:t>
             </a:r>
           </a:p>
@@ -10770,109 +10770,104 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="360040" y="308457"/>
-            <a:ext cx="4917403" cy="647278"/>
+            <a:off x="382882" y="216123"/>
+            <a:ext cx="4917403" cy="360041"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Grundlagen der Recherche</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="360040" y="1512267"/>
-            <a:ext cx="5472608" cy="1728192"/>
+            <a:off x="382882" y="720179"/>
+            <a:ext cx="7056784" cy="1065986"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0"/>
+              <a:t>Informationen</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Informationen liegen </a:t>
+              <a:t> liegen in den unterschiedlichen Formen vor und </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>in den unterschiedlichen Formen vor und </a:t>
-[...8 lines deleted...]
-              <a:t>sind an verschiedenen virtuellen Orten hinterlegt</a:t>
+              <a:t>sind an verschiedenen virtuellen Orten hinterlegt.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
@@ -10903,124 +10898,296 @@
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Textfeld 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{37EAD424-46C0-4D99-6C0F-6249EAC71B89}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="389132" y="1741746"/>
+            <a:ext cx="8352928" cy="3313728"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="2000" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Spezialisierte KI-Tools für die Literaturrecherche</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sie verweisen auf wissenschaftliche Quellen.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>NUTZUNG generativer KI </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>im Lehr- und Lernkontext unter Wahrung der akademischen Integrität  und der guten wissenschaftlichen Praxis sowie die Beachtung rechtlicher Vorgaben. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="285750" indent="-285750">
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Kritischer Umgang mit diesen Werkzeugen (Grenzen und Risiken)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Der verantwortungsvolle und transparente Umgang mit generativer KI (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>GenAI</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>) bildet einen Grundpfeiler akademischer Integrität.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Nutzung generativer KI in Prüfungen -&gt; Erlaubnis der Prüfenden ist erforderlich.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1000" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent2"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>(Leitlinie der Universität Bonn zum Umgang mit generativer Künstlicher Intelligenz im Bereich Studium und Lehre, Stand: 23. Oktober 2025)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" i="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1580149670"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="314173" y="144115"/>
-            <a:ext cx="4917403" cy="439725"/>
+            <a:off x="360040" y="257888"/>
+            <a:ext cx="4917403" cy="356194"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Wissenschaftliche Literatur</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="314173" y="864179"/>
-            <a:ext cx="8640000" cy="4104456"/>
+            <a:off x="360040" y="864195"/>
+            <a:ext cx="8640000" cy="3816440"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>… kann in verschiedenen Formen publiziert werden.</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="1800" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Publikationen</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" b="1" dirty="0"/>
@@ -11213,84 +11380,84 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="311055" y="296602"/>
-            <a:ext cx="5953641" cy="647278"/>
+            <a:off x="361495" y="288131"/>
+            <a:ext cx="5953641" cy="511733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Methoden der </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>literaturrecherche</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288992" y="1368251"/>
-            <a:ext cx="8640000" cy="3312000"/>
+            <a:off x="395764" y="1152227"/>
+            <a:ext cx="8424936" cy="2664296"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Auswertung von Literaturverzeichnissen, Literaturempfehlung, Ausgangspapier (Rückwärtssuche)  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t>-&gt;</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t>Formale Katalogsuche</a:t>
@@ -11428,78 +11595,78 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="312907" y="191519"/>
-            <a:ext cx="8112029" cy="439725"/>
+            <a:off x="320745" y="206154"/>
+            <a:ext cx="8040085" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Planung einer thematischen literatursuche</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="312907" y="864195"/>
+            <a:off x="320745" y="864195"/>
             <a:ext cx="8640000" cy="3742156"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" i="1" dirty="0"/>
               <a:t>5-W-Strategie für eine effektive Recherche</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="50000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
               <a:t>Was suche ich? </a:t>
@@ -11770,76 +11937,81 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="289691" y="360139"/>
+            <a:off x="360040" y="312171"/>
             <a:ext cx="4917403" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Suchbegriffe, Themenbereiche</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="360040" y="1120879"/>
+            <a:ext cx="8640000" cy="3312000"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" b="1" dirty="0"/>
               <a:t>Stichwort</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>: Wort aus dem Text, z.B. im Abstract, Titel oder Autorenfeld </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="216000" lvl="1" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>Verschiedene Schreibweisen, grammatikalische Endungen und Sprachen berücksichtigen, Platzhalter verwenden</a:t>
             </a:r>
           </a:p>
@@ -12077,82 +12249,82 @@
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>werden zur </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" u="sng" dirty="0"/>
               <a:t>Darstellung der Klassen </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>verwendet</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Universalklassifikation, Fachklassifikation (z.B. MSC, ACM DDC)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buChar char="•"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Hierarchische Orientierung</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buChar char="•"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Klassen und Unterklassen </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buChar char="•"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Sprachunabhängig</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buChar char="•"/>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Homonyme werden vermieden</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
@@ -12226,79 +12398,79 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="412528"/>
+            <a:off x="311055" y="321422"/>
             <a:ext cx="6817177" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Speziell: Fachklassifikation Mathematik</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288992" y="1074416"/>
-            <a:ext cx="8784016" cy="3528024"/>
+            <a:off x="311055" y="985444"/>
+            <a:ext cx="8689945" cy="3528024"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0" err="1"/>
               <a:t>Mathematics</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0" err="1"/>
               <a:t>Subject</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t> </a:t>
             </a:r>
@@ -12571,79 +12743,79 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="344636" y="218426"/>
-            <a:ext cx="6241673" cy="504056"/>
+            <a:off x="383790" y="285796"/>
+            <a:ext cx="5632028" cy="434351"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Suchinstrumente / Hilfsmittel</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="344636" y="1008211"/>
-            <a:ext cx="8408816" cy="3744416"/>
+            <a:off x="383790" y="1008211"/>
+            <a:ext cx="5704036" cy="3672408"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="50000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" b="1" dirty="0" err="1"/>
               <a:t>Trunkierungen</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" dirty="0"/>
               <a:t> (*, ?, $)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="216000" lvl="1" indent="0">
               <a:lnSpc>
                 <a:spcPct val="50000"/>
@@ -12934,83 +13106,83 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="312972"/>
+            <a:off x="312638" y="284659"/>
             <a:ext cx="7105769" cy="511733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Durchführung einer </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>literaturrecherche</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="312638" y="1092865"/>
+            <a:off x="350204" y="1066016"/>
             <a:ext cx="8567992" cy="3456384"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" i="1" dirty="0"/>
               <a:t>Nach der vorbereitenden Planung erfolgt die Durchführung der Literaturrecherche</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>Thematisch mit Hilfe verschiedener Suchbegriffe</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
@@ -13338,71 +13510,84 @@
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="07529A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> Open</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>							</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>			ZDB			        </a:t>
+              <a:t>		ZDB			        </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B0F0"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>GOOGLE &amp; Co.</a:t>
             </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="07529A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>	</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>				     EZB</a:t>
+              <a:t>			EZB		                   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="B381D9"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>KI-Tools</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>WiSe 2025/26</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
@@ -13453,51 +13638,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Grafik 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288033" y="288203"/>
+            <a:off x="336855" y="289692"/>
             <a:ext cx="3707822" cy="810000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2834741286"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
@@ -13506,84 +13691,84 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="294084" y="261843"/>
-            <a:ext cx="6241673" cy="511733"/>
+            <a:off x="306386" y="297805"/>
+            <a:ext cx="6241673" cy="413437"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Digitales </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>informationsangebot</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="310108" y="1080219"/>
-            <a:ext cx="8424936" cy="3600032"/>
+            <a:off x="360040" y="995579"/>
+            <a:ext cx="8186836" cy="3600032"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" u="sng" dirty="0"/>
               <a:t>Vorteile</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
@@ -13784,187 +13969,224 @@
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{354B7251-64FA-0DB2-C96F-24278C267731}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="360040" y="288000"/>
-            <a:ext cx="7537817" cy="511733"/>
+            <a:off x="373393" y="281199"/>
+            <a:ext cx="6683391" cy="439594"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Exkurs: Open Access in der Mathematik</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C060D310-B2C3-852A-2C91-670B5E5A2EC7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="360040" y="1080219"/>
-            <a:ext cx="7055824" cy="3168352"/>
+            <a:off x="373393" y="1008211"/>
+            <a:ext cx="8411583" cy="3644381"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Retrodigitalisierung und der freie Zugriff auf diese digitalen Inhalte </a:t>
+              <a:t>Open Access Zeitschriften / Bücher</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>Directory </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1"/>
+              <a:t>of</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t> Open Access Journals / Books</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Open Access Zeitschriften</a:t>
+              <a:t>Digitalisierte ältere Literatur </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>(Retrodigitalisierung und freier Zugriff auf digitale Inhalte)</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>Fach Open-Access-Repositorien mit retrodigitali­sierter Literatur</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Open Access Bücher</a:t>
+              <a:t>Literatur ohne wissenschaftliche Qualitätsprüfung</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="Ø"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>Disziplinäre Repositorien (Anbieter mit eigenen Prüfsystem für Preprints wie z. B. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="216000" lvl="1" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>e-Print Archiv </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1">
+                <a:hlinkClick r:id="rId2" tooltip="arXiv"/>
+              </a:rPr>
+              <a:t>arXiv</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t>,  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:hlinkClick r:id="rId3" tooltip="MPIM Preprint series"/>
+              </a:rPr>
+              <a:t>MPIM Preprint </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0" err="1">
+                <a:hlinkClick r:id="rId3" tooltip="MPIM Preprint series"/>
+              </a:rPr>
+              <a:t>series</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t> des Max-Planck-Institut für Mathematik, Mathematisches Forschungsinstitut Oberwolfach die </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>Oberwolfach Preprints</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:t> )</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Disziplinäre Repositorien </a:t>
-[...48 lines deleted...]
-              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Open Science in der Mathematik</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr marL="0" indent="0">
+            <a:pPr marL="216000" lvl="1" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1000" dirty="0">
-                <a:hlinkClick r:id="rId4"/>
+                <a:hlinkClick r:id="rId5"/>
               </a:rPr>
               <a:t>https://open-access.network/informieren/open-access-in-fachdisziplinen/mathematik</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="1000" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6957FCAD-8098-9BBA-FFEA-F496830A8115}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -14085,52 +14307,52 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1080120" y="666287"/>
             <a:ext cx="6169207" cy="4098590"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="339575" y="111358"/>
-            <a:ext cx="8401913" cy="431254"/>
+            <a:off x="363052" y="132659"/>
+            <a:ext cx="7797329" cy="431254"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Zentraler Einstieg      </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="2000" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFC000"/>
                 </a:solidFill>
                 <a:cs typeface="Times New Roman" pitchFamily="18" charset="0"/>
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>www.ulb.uni-bonn.de</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
@@ -14348,79 +14570,79 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="288131"/>
+            <a:off x="334986" y="286812"/>
             <a:ext cx="2520280" cy="494973"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Suchportal</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="1080219"/>
+            <a:off x="360040" y="1067140"/>
             <a:ext cx="8640960" cy="3619617"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>Suche umfasst den </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
               <a:t>gesamten Bestand </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>(gedruckt und elektronisch) der </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
@@ -14856,108 +15078,115 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="15" name="Grafik 14"/>
+          <p:cNvPr id="25" name="Grafik 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D1B904F-5CEA-8121-D436-25B90483AC6E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="715126" y="1319751"/>
-            <a:ext cx="6768752" cy="3475141"/>
+            <a:off x="314080" y="861863"/>
+            <a:ext cx="8776250" cy="376312"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Grafik 9"/>
+          <p:cNvPr id="15" name="Grafik 14"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
+        <p:blipFill>
           <a:blip r:embed="rId4"/>
-          <a:srcRect b="91995"/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="305455" y="889343"/>
-            <a:ext cx="8551529" cy="401002"/>
+            <a:off x="698731" y="1326767"/>
+            <a:ext cx="6768752" cy="3475141"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="289582" y="223532"/>
+            <a:off x="314080" y="235377"/>
             <a:ext cx="1926793" cy="476026"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Suchportal  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFC000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
@@ -15033,67 +15262,67 @@
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>24</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Grafik 8" descr="Logo_bonnus_cmyk.png"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5" cstate="print"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2281991" y="288135"/>
+            <a:off x="2376264" y="293934"/>
             <a:ext cx="1233849" cy="549312"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Ellipse 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="936104" y="3210630"/>
+            <a:off x="834601" y="3196858"/>
             <a:ext cx="1152128" cy="270851"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="25400">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
@@ -15172,51 +15401,51 @@
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId6"/>
           <a:srcRect l="83693" t="19439" r="2544" b="60800"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7968792" y="1339802"/>
             <a:ext cx="888192" cy="942002"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Textfeld 17"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5222515" y="2994238"/>
+            <a:off x="4824392" y="3022063"/>
             <a:ext cx="1829551" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="00B050"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="800" dirty="0">
@@ -15506,138 +15735,149 @@
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suchanfrage nach einem Zeitschriftenaufsatz</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Textfeld 15"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="7541512" y="2983465"/>
-            <a:ext cx="1315472" cy="574961"/>
+            <a:ext cx="1315472" cy="1390568"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="3175">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="36000" tIns="36000" rIns="36000" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="500" b="1" dirty="0">
+              <a:rPr lang="de-DE" sz="800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>BEACHTEN</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="500" dirty="0">
+              <a:rPr lang="de-DE" sz="800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>: Bei der Suche nach </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="500" b="1" dirty="0">
+              <a:rPr lang="de-DE" sz="800" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Aufsätzen</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="500" dirty="0">
+              <a:rPr lang="de-DE" sz="800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> wird </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="500" u="sng" dirty="0">
+              <a:rPr lang="de-DE" sz="800" u="sng" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>nur</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="500" dirty="0">
+              <a:rPr lang="de-DE" sz="800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> die Suche nach elektronisch zugänglichen Aufsätzen vorgenommen und keine Suche auf vorhandene gedruckte Aufsätze. Je nach Quellenangabe ist  in der Detailansicht ein Verweis auf vorhandenen gedruckten Bestand der Zeitschrift. </a:t>
-[...5 lines deleted...]
-            </a:endParaRPr>
+              <a:t> die Suche nach elektronisch zugänglichen Aufsätzen vorgenommen und keine Suche auf vorhandene gedruckte Aufsätze. Je nach Quellenangabe ist in der </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="800" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Detailanzeige</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> ein Verweis auf vorhandenen gedruckten Bestand der Zeitschrift. </a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="Textfeld 25"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2130634" y="1081491"/>
+            <a:off x="1985465" y="1136548"/>
             <a:ext cx="1213648" cy="226591"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="bg2">
               <a:lumMod val="85000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:prstDash val="sysDash"/>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="108000" tIns="36000" rIns="0" bIns="36000" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
@@ -15691,117 +15931,117 @@
               </a:spcAft>
             </a:pPr>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Grafik 10"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId7"/>
           <a:srcRect b="43864"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3695449" y="3629723"/>
+            <a:off x="3672409" y="3606605"/>
             <a:ext cx="1897566" cy="437331"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:effectLst>
             <a:softEdge rad="0"/>
           </a:effectLst>
           <a:scene3d>
             <a:camera prst="orthographicFront"/>
             <a:lightRig rig="threePt" dir="t"/>
           </a:scene3d>
           <a:sp3d contourW="12700">
             <a:contourClr>
               <a:schemeClr val="bg1"/>
             </a:contourClr>
           </a:sp3d>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Textfeld 18"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4730886" y="4046475"/>
-            <a:ext cx="1627460" cy="92333"/>
+            <a:off x="3816136" y="4104000"/>
+            <a:ext cx="2016512" cy="184666"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF3300"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>2. Aufruf der Seite: Hinweis auf gedruckten Bestand</a:t>
+              <a:t>Beim  erneuten Aufruf der Trefferliste nach der Detailanzeige erscheint  je nach Quellenangabe der Hinweis Bestand prüfen.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="24" name="Gerade Verbindung mit Pfeil 23"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1" flipV="1">
-            <a:off x="4608232" y="4026650"/>
+            <a:off x="4608232" y="3996000"/>
             <a:ext cx="72000" cy="72000"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="9525">
             <a:solidFill>
               <a:srgbClr val="FF3300"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
@@ -15854,71 +16094,71 @@
           <a:xfrm>
             <a:off x="5258151" y="2232347"/>
             <a:ext cx="3803969" cy="1765920"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Grafik 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="246687" y="767335"/>
+            <a:off x="312156" y="775625"/>
             <a:ext cx="4891044" cy="3985292"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="246687" y="116122"/>
+            <a:off x="288032" y="127686"/>
             <a:ext cx="2417610" cy="476026"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Suchportal</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFC000"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
@@ -16049,52 +16289,52 @@
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Ellipse 12"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4118956" y="2517468"/>
-            <a:ext cx="978551" cy="154921"/>
+            <a:off x="4193230" y="2517468"/>
+            <a:ext cx="978551" cy="199165"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent2">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -16138,51 +16378,51 @@
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Ellipse 17"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="846747" y="2456365"/>
+            <a:off x="936104" y="2468157"/>
             <a:ext cx="792088" cy="216024"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="25400">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
@@ -16238,51 +16478,51 @@
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Ellipse 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="246688" y="767335"/>
+            <a:off x="278262" y="775625"/>
             <a:ext cx="600060" cy="168868"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="25400">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
@@ -16435,52 +16675,52 @@
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>	       Zugang - Universität Bonn </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="de-DE" dirty="0"/>
             </a:br>
             <a:endParaRPr lang="de-DE" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="308182" y="1290901"/>
-            <a:ext cx="8640000" cy="3317004"/>
+            <a:off x="325925" y="1331375"/>
+            <a:ext cx="8603067" cy="3317004"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Einzelne Volltexte oder komplette </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
               <a:t>eZeitschriften</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
               <a:t>eBooks</a:t>
@@ -16625,51 +16865,51 @@
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>26</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Textfeld 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="360040" y="325529"/>
+            <a:off x="437306" y="304942"/>
             <a:ext cx="1429452" cy="430887"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="2800" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
                 <a:latin typeface="Exo 2 Semi Bold" panose="00000700000000000000" pitchFamily="50" charset="0"/>
               </a:rPr>
@@ -16695,72 +16935,80 @@
             <a:off x="6585450" y="556426"/>
             <a:ext cx="2271535" cy="503590"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="008E40"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="36000" rIns="0" bIns="36000" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
+              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="008E40"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Lizenzierte </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="008E40"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>eMedien</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="008E40"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="008E40"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Lizenzierte </a:t>
-[...15 lines deleted...]
-              <a:t> sind in </a:t>
+              <a:t>sind in </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="008E40"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>bonnus</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="008E40"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> nachgewiesen!</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
@@ -16782,84 +17030,66 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="295313" y="266153"/>
+            <a:off x="295312" y="168792"/>
             <a:ext cx="5377577" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" b="1" kern="0" cap="none" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="EAB90C"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
-              <a:t>Fachliche </a:t>
-[...17 lines deleted...]
-              <a:t>  „Springer“</a:t>
+              <a:t>Fachliche E-Book Pakete „Springer“</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>WiSe 2025/26</a:t>
             </a:r>
           </a:p>
@@ -16896,51 +17126,51 @@
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>27</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Textfeld 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6553650" y="382831"/>
+            <a:off x="6770736" y="351652"/>
             <a:ext cx="1944776" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="50000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" sz="1000" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="65000"/>
@@ -16984,175 +17214,175 @@
               <a:buChar char="−"/>
             </a:pPr>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="22" name="Grafik 21"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect l="9735" t="29485" r="8130"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="125273" y="1272160"/>
+            <a:off x="295474" y="1270696"/>
             <a:ext cx="4788107" cy="2525169"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="23" name="Grafik 22"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="286302" y="4031875"/>
+            <a:off x="295312" y="4025340"/>
             <a:ext cx="4788269" cy="486082"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="25" name="Grafik 24"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId4"/>
           <a:srcRect l="998"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="121281" y="714388"/>
+            <a:off x="295312" y="723246"/>
             <a:ext cx="7264310" cy="547428"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="24" name="Grafik 23"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId5"/>
           <a:srcRect b="3979"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4342576" y="2071596"/>
             <a:ext cx="4856320" cy="2105918"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Textfeld 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6941517" y="2970667"/>
-            <a:ext cx="1800200" cy="153888"/>
+            <a:off x="6770736" y="2970667"/>
+            <a:ext cx="2086248" cy="153888"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="00B0F0"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="820000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="900" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B0F0"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Berichtszeitraum: 2016 – 2023, 2025</a:t>
+              <a:t>Berichtszeitraum: 2016 – 2023, 2025, 2026</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Textfeld 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2047997" y="2292963"/>
             <a:ext cx="1872208" cy="400998"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="19050">
             <a:solidFill>
               <a:srgbClr val="07529A"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
@@ -17178,65 +17408,83 @@
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="900" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="07529A"/>
                 </a:solidFill>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="900" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="07529A"/>
                 </a:solidFill>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>2000-2004, 2006, 2008-2011, ab 2013 </a:t>
+              <a:t>2000-2004, 2006, 2008-2011, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="900" u="sng" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>ab</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="900" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="07529A"/>
+                </a:solidFill>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> 2013 </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Ellipse 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="35772" y="1858944"/>
-            <a:ext cx="1193264" cy="191552"/>
+            <a:off x="195780" y="1836168"/>
+            <a:ext cx="1193264" cy="235428"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="19050">
             <a:solidFill>
               <a:srgbClr val="07529A"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
@@ -17291,145 +17539,145 @@
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="18" name="Textfeld 17"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3165516" y="1559664"/>
+            <a:off x="3600400" y="1506706"/>
             <a:ext cx="1229655" cy="254311"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="00B050"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Technik und Informatik: Berichtszeitraum ab 2017</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Ellipse 15"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5222998" y="754980"/>
+            <a:off x="5401208" y="753851"/>
             <a:ext cx="2303040" cy="230334"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="19050">
             <a:solidFill>
               <a:srgbClr val="FFC000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Ellipse 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3024336" y="1986253"/>
-            <a:ext cx="864096" cy="174085"/>
+            <a:off x="3096344" y="1986253"/>
+            <a:ext cx="895869" cy="174086"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="8B1973"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
@@ -17537,52 +17785,52 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="504056" y="131801"/>
-            <a:ext cx="8166552" cy="433401"/>
+            <a:off x="461479" y="144348"/>
+            <a:ext cx="3066913" cy="433401"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" b="1" kern="0" cap="none" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="EAB90C"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>Fachliche </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" b="1" kern="0" cap="none" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="EAB90C"/>
                 </a:solidFill>
                 <a:latin typeface="Arial"/>
               </a:rPr>
               <a:t>eBooks</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
@@ -17674,99 +17922,99 @@
           <a:xfrm>
             <a:off x="6840760" y="284762"/>
             <a:ext cx="1956986" cy="280440"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Grafik 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="269848" y="782353"/>
+            <a:off x="443274" y="769132"/>
             <a:ext cx="6274471" cy="3080108"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Grafik 9"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="2719625" y="2565243"/>
             <a:ext cx="1888607" cy="2206198"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Grafik 10"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId5"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4755443" y="1800298"/>
+            <a:off x="4665372" y="1793341"/>
             <a:ext cx="4287901" cy="1196321"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Grafik 13"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4791386" y="2996620"/>
             <a:ext cx="3561606" cy="412029"/>
@@ -17934,158 +18182,214 @@
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="accent1"/>
             </a:solidFill>
             <a:prstDash val="dash"/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Grafik 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId10"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="504056" y="4388052"/>
+            <a:off x="508954" y="4388052"/>
             <a:ext cx="734018" cy="254814"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="50000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:prstDash val="dash"/>
           </a:ln>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Ellipse 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC818B66-3C9B-3EA5-A816-BEBD457C5353}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2688008" y="2682000"/>
+            <a:ext cx="1155563" cy="144016"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="9525">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr bIns="36000" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="379268562"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Inhaltsplatzhalter 13"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect b="4674"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="1008211"/>
+            <a:off x="319347" y="1022055"/>
             <a:ext cx="4680520" cy="3695831"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="10" name="Grafik 9"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3"/>
           <a:srcRect l="16771" t="18500" r="19582" b="20512"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="4536504" y="1512251"/>
             <a:ext cx="4583361" cy="3240360"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="344960" y="159151"/>
-            <a:ext cx="7249785" cy="511733"/>
+            <a:off x="360040" y="250848"/>
+            <a:ext cx="7249785" cy="437182"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Literaturrecherche in Fachdatenbanken</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
@@ -18542,78 +18846,78 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="72107"/>
+            <a:off x="327957" y="72108"/>
             <a:ext cx="5365351" cy="503262"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Datenbank-Infosystem   DBIS</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="282697" y="761589"/>
+            <a:off x="360040" y="761589"/>
             <a:ext cx="8640000" cy="3876794"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Das</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t> Datenbank-Infosystem (DBIS)</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t> ist ein kooperativer Service zur Nutzung wissenschaftlicher Datenbanken, Lernplattformen und Rechercheportale.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
@@ -18807,78 +19111,78 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="314919" y="360139"/>
+            <a:off x="355522" y="319790"/>
             <a:ext cx="6300729" cy="400895"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>DBIS    -   Bibliographische Datenbanken</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="314919" y="1008211"/>
+            <a:off x="355522" y="955216"/>
             <a:ext cx="8254033" cy="3744416"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Wichtig für die Suche nach spezieller </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t>Fachliteratur </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>sind </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t>bibliographische Datenbanken</a:t>
@@ -19218,100 +19522,100 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="324007" y="355275"/>
+            <a:off x="365911" y="360139"/>
             <a:ext cx="6300729" cy="400895"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>DBIS    -   </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>volltextDatenbanken</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="361621" y="990187"/>
-            <a:ext cx="7966001" cy="3600400"/>
+            <a:off x="365911" y="1080219"/>
+            <a:ext cx="8203041" cy="2808312"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t>Volltextdatenbank</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t> bezeichnet eine elektronische Sammlung von Volltexten, d.h. Sie können direkt auf den kompletten Text zugreifen, das Dokument ist elektronisch hinterlegt.</a:t>
+              <a:t> bezeichnet eine elektronische Sammlung von Volltexten, das Dokument ist elektronisch hinterlegt.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>Sie bietet neben den beschreibenden Daten auch den direkten Zugang zu den Publikationen.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>Dies bedeutet nicht automatisch, dass die Dokumente mittels Volltextindexierung auch erschlossen sind. Es kann sein, dass diese nur durch bibliografische Angaben formal und inhaltlich erschlossen sind. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="216000" lvl="1" indent="0">
               <a:buNone/>
@@ -19459,1675 +19763,1277 @@
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="2" name="Titel 1">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="50" name="Grafik 49">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E686926-B1CE-70FF-E3BF-4FD4B3489D36}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0C4229B3-7B86-767F-F49C-BD220A5E63A4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...33 lines deleted...]
-          <p:cNvPr id="3" name="Inhaltsplatzhalter 2">
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5576216" y="1170001"/>
+            <a:ext cx="3392215" cy="3375719"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Grafik 11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD859EC-E1E0-AE5F-FD05-93C10058FA95}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB020345-8FAB-17AF-AE67-3343EA6AA051}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr>
-[...192 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1038866" y="1189746"/>
+            <a:ext cx="4221221" cy="3540763"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="365097" y="191648"/>
+            <a:ext cx="4917403" cy="423129"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>Datenbanken  Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>WiSe 2025/26</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE"/>
+              <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Foliennummernplatzhalter 5">
-[...5 lines deleted...]
-          </p:cNvPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>33</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Textfeld 15"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6636752" y="533684"/>
+            <a:ext cx="982960" cy="123111"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:srgbClr val="FFCC00"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>lokale</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> DBIS-Ansicht</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="Textfeld 30"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="273082" y="1058881"/>
+            <a:ext cx="726766" cy="503590"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="3696F6"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="72000" tIns="36000" rIns="0" bIns="36000" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="700" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent5">
+                    <a:lumMod val="40000"/>
+                    <a:lumOff val="60000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Auch benachbarte Fächer berücksichtigen!</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="34" name="Gerade Verbindung mit Pfeil 33"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="649953" y="2945730"/>
+            <a:ext cx="426909" cy="98183"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="34925">
+            <a:solidFill>
+              <a:srgbClr val="D818A6"/>
+            </a:solidFill>
+            <a:prstDash val="dash"/>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="36" name="Gerade Verbindung mit Pfeil 35"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="683592" y="2287985"/>
+            <a:ext cx="334313" cy="85847"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="34925">
+            <a:solidFill>
+              <a:srgbClr val="D818A6"/>
+            </a:solidFill>
+            <a:prstDash val="sysDash"/>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="40" name="Gerade Verbindung mit Pfeil 39"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5290953" y="2403844"/>
+            <a:ext cx="254397" cy="183514"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="31750">
+            <a:solidFill>
+              <a:srgbClr val="00B0F0"/>
+            </a:solidFill>
+            <a:prstDash val="sysDash"/>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Grafik 8"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="416862" y="677731"/>
+            <a:ext cx="3998917" cy="238180"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="18" name="Grafik 17"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId5"/>
+          <a:srcRect t="1" b="7329"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4498890" y="663322"/>
+            <a:ext cx="2014432" cy="261010"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Ellipse 13"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1040536" y="1699945"/>
+            <a:ext cx="522896" cy="175639"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FF3300"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Ellipse 29"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4931190" y="749608"/>
+            <a:ext cx="1502921" cy="134448"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="22225">
+            <a:solidFill>
+              <a:srgbClr val="FFCC00"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Ellipse 25"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5498180" y="1159364"/>
+            <a:ext cx="694508" cy="213666"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:srgbClr val="00B0F0"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="8" name="Gerade Verbindung mit Pfeil 7"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="1696940" y="907191"/>
+            <a:ext cx="313105" cy="232537"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="50800">
+            <a:solidFill>
+              <a:srgbClr val="D818A6"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="11" name="Gerade Verbindung mit Pfeil 10"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1" flipV="1">
+            <a:off x="2688330" y="904913"/>
+            <a:ext cx="398355" cy="161458"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="44450">
+            <a:solidFill>
+              <a:srgbClr val="00B0F0"/>
+            </a:solidFill>
+            <a:prstDash val="solid"/>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="23" name="Gerade Verbindung mit Pfeil 22"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1515366" y="1648344"/>
+            <a:ext cx="363149" cy="125720"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="34925">
+            <a:solidFill>
+              <a:srgbClr val="D818A6"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="42" name="Ellipse 41"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5532616" y="1999690"/>
+            <a:ext cx="503321" cy="144000"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FF3300"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Textfeld 2"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="284505" y="1686038"/>
+            <a:ext cx="685501" cy="246221"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="36000" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>BEACHTEN: Voreinstellung </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="46" name="Gerade Verbindung mit Pfeil 45">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3A790229-CF52-4C82-F08E-DCCEFE58DB9E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5086993" y="1095819"/>
+            <a:ext cx="360040" cy="87819"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="34925">
+            <a:solidFill>
+              <a:srgbClr val="00B0F0"/>
+            </a:solidFill>
+            <a:prstDash val="dashDot"/>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="53" name="Gerade Verbindung mit Pfeil 52">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{39B74525-F799-C69F-89EE-6754A284A0D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5998123" y="1886236"/>
+            <a:ext cx="257167" cy="182009"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="34925">
+            <a:solidFill>
+              <a:srgbClr val="00B0F0"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4183699177"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2649759084"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="13" name="Grafik 12"/>
+          <p:cNvPr id="9" name="Inhaltsplatzhalter 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3FB845FA-0503-0196-7649-3A55A30002E0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1"/>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5544616" y="989377"/>
-[...4 lines deleted...]
-          </a:prstGeom>
+            <a:off x="316661" y="1189712"/>
+            <a:ext cx="5995534" cy="3265321"/>
+          </a:xfrm>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...22 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="432048" y="233666"/>
-            <a:ext cx="4917403" cy="423129"/>
+            <a:off x="316661" y="290016"/>
+            <a:ext cx="7820243" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>Datenbanken  Mathematik</a:t>
+              <a:t>Datenbanken  Mathematik   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>-  Alternativer einstieg „Fach“ -</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>WiSe 2025/26</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0"/>
+              <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>34</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...116 lines deleted...]
-      </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="34" name="Gerade Verbindung mit Pfeil 33"/>
-          <p:cNvCxnSpPr/>
+          <p:cNvPr id="10" name="Gerade Verbindung mit Pfeil 9"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm>
-[...1 lines deleted...]
-            <a:ext cx="262987" cy="87594"/>
+          <a:xfrm flipH="1">
+            <a:off x="3599980" y="1363724"/>
+            <a:ext cx="2016504" cy="383137"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="31750">
+          <a:ln w="15875">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
-            <a:prstDash val="solid"/>
-[...73 lines deleted...]
-            <a:prstDash val="solid"/>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Grafik 8"/>
-[...23 lines deleted...]
-          <p:cNvPr id="18" name="Grafik 17"/>
+          <p:cNvPr id="23" name="Grafik 22"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId5"/>
-          <a:srcRect t="1" b="7329"/>
+          <a:blip r:embed="rId3"/>
+          <a:srcRect l="29300" t="26761" r="29301" b="16586"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4498890" y="663322"/>
-            <a:ext cx="2014432" cy="261010"/>
+            <a:off x="6373570" y="1406943"/>
+            <a:ext cx="2612650" cy="3048091"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Ellipse 13"/>
+          <p:cNvPr id="17" name="Ellipse 16"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1023825" y="2068129"/>
-            <a:ext cx="522896" cy="205925"/>
+            <a:off x="6480720" y="1397192"/>
+            <a:ext cx="2304256" cy="349669"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="19050">
+          <a:ln w="28575">
             <a:solidFill>
-              <a:srgbClr val="FF3300"/>
+              <a:srgbClr val="00B050"/>
             </a:solidFill>
-            <a:prstDash val="sysDot"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...465 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2649759084"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4096990979"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...27 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="316661" y="297425"/>
-[...238 lines deleted...]
-            <a:off x="288032" y="300568"/>
+            <a:off x="364696" y="144115"/>
             <a:ext cx="2592288" cy="511733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>MathSciNet</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288992" y="1008211"/>
+            <a:off x="364696" y="886915"/>
             <a:ext cx="8640000" cy="3706622"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Datenbank der American </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
               <a:t>Mathematical</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t> Society (AMS)</a:t>
@@ -21325,162 +21231,162 @@
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>36</a:t>
+              <a:t>35</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1335161466"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:solidFill>
           <a:schemeClr val="bg1"/>
         </a:solidFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Grafik 13"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="330903" y="1396144"/>
+            <a:off x="362114" y="775043"/>
             <a:ext cx="4525519" cy="2510303"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Grafik 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3"/>
           <a:srcRect l="16793" t="33266" r="34504" b="31297"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5201225" y="2656670"/>
             <a:ext cx="3854014" cy="897158"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381991" y="282329"/>
-            <a:ext cx="2209225" cy="647278"/>
+            <a:off x="372652" y="162888"/>
+            <a:ext cx="2209225" cy="464854"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>MathSciNet</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Inhaltsplatzhalter 6"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
@@ -21537,51 +21443,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>37</a:t>
+              <a:t>36</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Ellipse 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5112568" y="2870751"/>
             <a:ext cx="2907876" cy="232227"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
@@ -21712,51 +21618,51 @@
               </a:rPr>
               <a:t>-</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent5">
                     <a:lumMod val="40000"/>
                     <a:lumOff val="60000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:rPr>
               <a:t>&gt;</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="20" name="Textfeld 19"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="330903" y="4020420"/>
+            <a:off x="350897" y="3413955"/>
             <a:ext cx="1080120" cy="184666"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
                 <a:hlinkClick r:id="rId7"/>
               </a:rPr>
@@ -22068,116 +21974,153 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>   </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="87F7FD"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>-&gt;</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="18" name="Grafik 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EF5A1F7E-772A-A231-90D3-B7449CA6C644}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId12"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2376264" y="3486104"/>
+            <a:ext cx="1777644" cy="1264003"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4166197736"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="12" name="Grafik 11"/>
+          <p:cNvPr id="19" name="Grafik 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6216B2A-6C7B-9ABE-E119-64AECAB82A57}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
-          <a:srcRect b="1127"/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="894654" y="635739"/>
-            <a:ext cx="6672993" cy="3856907"/>
+            <a:off x="1403171" y="727007"/>
+            <a:ext cx="5923547" cy="4033155"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="504056" y="169956"/>
+            <a:off x="504056" y="115067"/>
             <a:ext cx="2088232" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>MathSciNet</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -22215,90 +22158,90 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8352928" y="4824635"/>
             <a:ext cx="576000" cy="288000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>38</a:t>
+              <a:t>37</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Grafik 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="306032" y="1907502"/>
+            <a:off x="612160" y="1853511"/>
             <a:ext cx="828000" cy="557468"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Ellipse 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="894654" y="1261899"/>
-            <a:ext cx="833537" cy="293589"/>
+            <a:off x="1440160" y="1296243"/>
+            <a:ext cx="726854" cy="221581"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450">
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -22306,88 +22249,90 @@
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="7" name="Gerade Verbindung mit Pfeil 6"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="7408449" y="543417"/>
+            <a:off x="7198244" y="618995"/>
             <a:ext cx="144016" cy="216024"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:srgbClr val="87F7FD"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="11" name="Gerade Verbindung mit Pfeil 10"/>
-          <p:cNvCxnSpPr/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1" flipV="1">
-            <a:off x="7275041" y="1971555"/>
-            <a:ext cx="146571" cy="144016"/>
+            <a:off x="7270252" y="1907502"/>
+            <a:ext cx="151360" cy="208069"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="92D050"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
@@ -22413,136 +22358,106 @@
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suchanfrage nach einem Zeitschriftenaufsatz</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...28 lines deleted...]
-      </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="15" name="Gerade Verbindung mit Pfeil 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{07436133-CEA5-639D-E13C-45510CE4EB35}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="4680520" y="4433071"/>
+            <a:off x="4896544" y="4341803"/>
             <a:ext cx="144016" cy="115965"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="31750">
             <a:solidFill>
               <a:srgbClr val="B381D9"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3614377337"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="18" name="Grafik 17"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -22645,51 +22560,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="8352928" y="4824635"/>
             <a:ext cx="576000" cy="288000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>39</a:t>
+              <a:t>38</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="8" name="Gerade Verbindung mit Pfeil 7"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
             <a:off x="188463" y="1389902"/>
             <a:ext cx="337730" cy="72008"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="07529A"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
@@ -23118,126 +23033,473 @@
               <a:srgbClr val="FFC000"/>
             </a:solidFill>
             <a:prstDash val="sysDot"/>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4241754039"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="286880" y="376361"/>
+            <a:ext cx="2248979" cy="340163"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>MathSciNet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>     </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>39</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Inhaltsplatzhalter 6"/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4618968" y="1944315"/>
+            <a:ext cx="4448825" cy="2730424"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Textfeld 8"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3114206" y="435798"/>
+            <a:ext cx="2502418" cy="246221"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Verfügbarkeit des Aufsatzes</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Grafik 13"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3"/>
+          <a:srcRect l="19944" t="27889" r="20602" b="5555"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="286880" y="1136258"/>
+            <a:ext cx="4238640" cy="2668985"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="8" name="Gerade Verbindung mit Pfeil 7"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="3456384" y="1014996"/>
+            <a:ext cx="144016" cy="263094"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="28575">
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+            <a:prstDash val="sysDash"/>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="22" name="Gerade Verbindung mit Pfeil 21"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3721010" y="1584275"/>
+            <a:ext cx="644405" cy="360040"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+            <a:prstDash val="sysDash"/>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Ellipse 23"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6048000" y="4104000"/>
+            <a:ext cx="360000" cy="108000"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+            <a:prstDash val="sysDash"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3140586278"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="351127"/>
+            <a:off x="304576" y="360139"/>
             <a:ext cx="8784977" cy="1017124"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="de-DE" dirty="0"/>
+              <a:rPr lang="de-DE" sz="2100" dirty="0"/>
               <a:t>Literaturrecherche im Kontext </a:t>
             </a:r>
             <a:br>
-              <a:rPr lang="de-DE" dirty="0"/>
+              <a:rPr lang="de-DE" sz="2100" dirty="0"/>
             </a:br>
             <a:br>
-              <a:rPr lang="de-DE" dirty="0"/>
+              <a:rPr lang="de-DE" sz="2100" dirty="0"/>
             </a:br>
             <a:r>
-              <a:rPr lang="de-DE" sz="2200" dirty="0"/>
+              <a:rPr lang="de-DE" sz="2100" dirty="0"/>
               <a:t>wissenschaftlichen Arbeitens und Informationskompetenz</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288992" y="1944315"/>
+            <a:off x="306899" y="1944315"/>
             <a:ext cx="8640000" cy="2088232"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Eigenständige, kritische Auseinandersetzung mit einem Thema setzt Kenntnis und Auswertung der relevanten Literatur voraus</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Nachvollziehbarkeit und Überprüfbarkeit aller Zitate (richtig, vollständig, einheitlich)</a:t>
             </a:r>
           </a:p>
           <a:p>
@@ -23332,983 +23594,605 @@
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:sp>
-[...96 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="7" name="Inhaltsplatzhalter 6"/>
+          <p:cNvPr id="11" name="Grafik 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2D7A6A1-9A1E-B3C4-96B9-1E187B005333}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noGrp="1" noChangeAspect="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4608000" y="1937583"/>
-            <a:ext cx="4459794" cy="2737156"/>
+            <a:off x="4766445" y="754055"/>
+            <a:ext cx="4204413" cy="3775391"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="9" name="Textfeld 8"/>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="316770" y="179749"/>
+            <a:ext cx="2265783" cy="459979"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>Mathscinet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>40</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="15" name="Gerade Verbindung mit Pfeil 14"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="4132781" y="1018645"/>
+            <a:ext cx="353581" cy="95109"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="31750">
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Textfeld 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3114206" y="372376"/>
-            <a:ext cx="2502418" cy="246221"/>
+            <a:off x="2732507" y="356662"/>
+            <a:ext cx="2520280" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
-              <a:schemeClr val="accent3"/>
+              <a:srgbClr val="FFC000"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Verfügbarkeit des Aufsatzes</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="14" name="Grafik 13"/>
+          <p:cNvPr id="10" name="Grafik 9"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
+        <p:blipFill>
           <a:blip r:embed="rId3"/>
-          <a:srcRect l="19944" t="27889" r="20602" b="5555"/>
-          <a:stretch/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="216024" y="1074819"/>
-            <a:ext cx="4238640" cy="2668985"/>
+            <a:off x="6192688" y="356662"/>
+            <a:ext cx="1251314" cy="208552"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="26" name="Textfeld 25"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6210156" y="2209754"/>
+            <a:ext cx="3153048" cy="107722"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="700" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>ACHTUNG: Hinweis bezieht sich auf den EZB-Zugang für den gesuchten Jg.!</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Grafik 6"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="281932" y="1018645"/>
+            <a:ext cx="3570767" cy="2040889"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="8" name="Gerade Verbindung mit Pfeil 7"/>
+          <p:cNvPr id="12" name="Gerade Verbindung mit Pfeil 11"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm flipH="1">
-[...1 lines deleted...]
-            <a:ext cx="144016" cy="263094"/>
+          <a:xfrm>
+            <a:off x="2304256" y="909023"/>
+            <a:ext cx="62273" cy="243204"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="28575">
+          <a:ln w="31750">
             <a:solidFill>
               <a:srgbClr val="FFC000"/>
             </a:solidFill>
-            <a:prstDash val="sysDash"/>
+            <a:prstDash val="sysDot"/>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="22" name="Gerade Verbindung mit Pfeil 21"/>
+          <p:cNvPr id="28" name="Gerade Verbindung mit Pfeil 27"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm>
-[...1 lines deleted...]
-            <a:ext cx="571794" cy="307095"/>
+          <a:xfrm flipH="1" flipV="1">
+            <a:off x="6011999" y="2263615"/>
+            <a:ext cx="177857" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="12700">
+          <a:ln w="3175">
             <a:solidFill>
-              <a:srgbClr val="FFC000"/>
+              <a:srgbClr val="FF0000"/>
             </a:solidFill>
-            <a:prstDash val="sysDash"/>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="24" name="Ellipse 23"/>
+          <p:cNvPr id="30" name="Ellipse 29"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6048000" y="4104000"/>
-            <a:ext cx="360000" cy="108000"/>
+            <a:off x="5003999" y="2951999"/>
+            <a:ext cx="1008000" cy="215071"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="12700">
+          <a:ln w="25400">
             <a:solidFill>
               <a:srgbClr val="FFC000"/>
             </a:solidFill>
-            <a:prstDash val="sysDash"/>
+            <a:prstDash val="sysDot"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Ellipse 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65B0E11B-0D1E-00D9-943E-2413FB46E336}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4991213" y="1804701"/>
+            <a:ext cx="1008000" cy="144000"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="25400">
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3140586278"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3653800570"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="19" name="Grafik 18"/>
-[...255 lines deleted...]
-          <p:cNvPr id="10" name="Grafik 9"/>
+          <p:cNvPr id="15" name="Grafik 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E10CF426-F331-8FAC-A013-09AC22E12FBE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6192688" y="356662"/>
-[...292 lines deleted...]
-            <a:ext cx="4464495" cy="2587820"/>
+            <a:off x="326285" y="1520990"/>
+            <a:ext cx="3935648" cy="2301380"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="14" name="Grafik 13"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId3"/>
           <a:srcRect b="14535"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4162616" y="505904"/>
+            <a:off x="4421568" y="540341"/>
             <a:ext cx="4406336" cy="3340019"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288032" y="100616"/>
             <a:ext cx="2088232" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
@@ -24472,78 +24356,78 @@
                 </a:solidFill>
                 <a:effectLst/>
                 <a:uLnTx/>
                 <a:uFillTx/>
                 <a:latin typeface="Calibri"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="r" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
                 <a:lnSpc>
                   <a:spcPct val="100000"/>
                 </a:lnSpc>
                 <a:spcBef>
                   <a:spcPts val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPts val="0"/>
                 </a:spcAft>
                 <a:buClrTx/>
                 <a:buSzTx/>
                 <a:buFontTx/>
                 <a:buNone/>
                 <a:tabLst/>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>42</a:t>
+              <a:t>41</a:t>
             </a:fld>
             <a:endParaRPr kumimoji="0" lang="de-DE" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="909085"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Ellipse 10"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="145467" y="1944314"/>
+            <a:off x="274216" y="1872307"/>
             <a:ext cx="574613" cy="208527"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450">
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
@@ -24577,95 +24461,95 @@
             <a:endParaRPr kumimoji="0" lang="de-DE" sz="1400" b="0" i="0" u="none" strike="noStrike" kern="1200" cap="none" spc="0" normalizeH="0" baseline="0" noProof="0" dirty="0" err="1">
               <a:ln>
                 <a:noFill/>
               </a:ln>
               <a:solidFill>
                 <a:srgbClr val="07529A"/>
               </a:solidFill>
               <a:effectLst/>
               <a:uLnTx/>
               <a:uFillTx/>
               <a:latin typeface="Calibri"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="13" name="Gerade Verbindung mit Pfeil 12"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="32584" y="2419255"/>
+            <a:off x="166650" y="2244035"/>
             <a:ext cx="144016" cy="144016"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="25400">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="10" name="Gerade Verbindung mit Pfeil 9"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3600400" y="1296243"/>
+            <a:off x="3852979" y="1296243"/>
             <a:ext cx="324000" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
-              <a:srgbClr val="FF0066"/>
+              <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Textfeld 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
@@ -24700,161 +24584,190 @@
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suche mit Autorennamen und Suchwörtern</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="9" name="Grafik 8"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5629790" y="2188634"/>
+            <a:off x="5768393" y="2210350"/>
             <a:ext cx="2312030" cy="2103649"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="7" name="Gerade Verbindung mit Pfeil 6"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="6048672" y="2187267"/>
+            <a:off x="6264696" y="2214133"/>
             <a:ext cx="2016224" cy="765160"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="00B050"/>
             </a:solidFill>
             <a:prstDash val="sysDot"/>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3845588213"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
+          <p:cNvPr id="15" name="Grafik 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC9B99A6-94AB-53D1-61EC-1AD5F59761B3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect b="11743"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="249798" y="1324600"/>
+            <a:ext cx="4965785" cy="627022"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
           <p:cNvPr id="13" name="Grafik 12"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
-          <a:blip r:embed="rId2"/>
+          <a:blip r:embed="rId3"/>
           <a:srcRect t="14585" b="-1"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5497391" y="1257389"/>
             <a:ext cx="3637045" cy="3259135"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="287118" y="212491"/>
+            <a:off x="287118" y="246535"/>
             <a:ext cx="1945129" cy="424510"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>MathSciNet</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>  </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -24890,65 +24803,65 @@
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>43</a:t>
+              <a:t>42</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Textfeld 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5067683" y="2423675"/>
+            <a:off x="5179949" y="2431863"/>
             <a:ext cx="332917" cy="995144"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Treffer:</a:t>
@@ -25020,75 +24933,74 @@
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>968</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Inhaltsplatzhalter 7"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
-[...2 lines deleted...]
-          </a:stretch>
+          <a:blip r:embed="rId4"/>
+          <a:srcRect t="30351"/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="144016" y="1257389"/>
-            <a:ext cx="4896544" cy="2199093"/>
+            <a:off x="284699" y="1910713"/>
+            <a:ext cx="4896544" cy="1531645"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Ellipse 11"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="144016" y="1726474"/>
-            <a:ext cx="576064" cy="216024"/>
+            <a:off x="247305" y="1778180"/>
+            <a:ext cx="576000" cy="180000"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="44450">
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -25096,88 +25008,90 @@
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="14" name="Gerade Verbindung mit Pfeil 13"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="72000" y="2304000"/>
+            <a:off x="159763" y="2312188"/>
             <a:ext cx="187093" cy="119675"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="25400">
             <a:solidFill>
               <a:srgbClr val="E66C80"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="26" name="Gerade Verbindung mit Pfeil 25"/>
-          <p:cNvCxnSpPr/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
-            <a:off x="5143482" y="1726474"/>
-            <a:ext cx="284668" cy="505696"/>
+            <a:off x="5290356" y="1780037"/>
+            <a:ext cx="152938" cy="411706"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="sysDot"/>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
@@ -25212,101 +25126,101 @@
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suchfelder kombinieren, Suchergebnis, Suchhistorie</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Ellipse 6"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="531606" y="2160339"/>
-            <a:ext cx="332490" cy="143661"/>
+            <a:off x="435941" y="2118257"/>
+            <a:ext cx="576000" cy="193931"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="15875">
             <a:solidFill>
               <a:srgbClr val="E66C80"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Textfeld 9"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="144016" y="3591837"/>
+            <a:off x="297472" y="3602435"/>
             <a:ext cx="1469099" cy="452294"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="2105C7"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="36000" rIns="0" bIns="36000" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="600" dirty="0" err="1">
@@ -25385,104 +25299,104 @@
                 </a:solidFill>
               </a:rPr>
               <a:t>Secondary</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="2105C7"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3088836775"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide43.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Grafik 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="775454"/>
+            <a:off x="312866" y="761904"/>
             <a:ext cx="5429817" cy="3833158"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="208513"/>
+            <a:off x="312866" y="193749"/>
             <a:ext cx="2721387" cy="382414"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>mathscinet</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
@@ -25515,51 +25429,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>44</a:t>
+              <a:t>43</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Textfeld 8"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2952328" y="286141"/>
             <a:ext cx="5040560" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:srgbClr val="FFC000"/>
             </a:solidFill>
           </a:ln>
@@ -25572,51 +25486,51 @@
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Export von Suchergebnissen -&gt; Aufnahme in Literaturlisten</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="7" name="Gerade Verbindung mit Pfeil 6"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2232248" y="1333252"/>
+            <a:off x="2304256" y="1312973"/>
             <a:ext cx="144016" cy="128009"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="22225">
             <a:solidFill>
               <a:srgbClr val="CC99FF"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
@@ -25764,108 +25678,460 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3620629967"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide44.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="20" name="Inhaltsplatzhalter 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2E1E7C1-D617-A6F5-2F18-B4845661ED97}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="424618" y="1352865"/>
+            <a:ext cx="3659576" cy="1902980"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="413586" y="171490"/>
+            <a:ext cx="2066563" cy="449276"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>MathSciNet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>44</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Ellipse 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="792088" y="1656283"/>
+            <a:ext cx="418114" cy="288032"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Textfeld 2"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2664296" y="329926"/>
+            <a:ext cx="1800200" cy="246221"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Suche nach Autoren</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="12" name="Gerade Verbindung mit Pfeil 11"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4320480" y="2304355"/>
+            <a:ext cx="468052" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="38100">
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="65000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Grafik 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5BE9A995-794E-F4A0-5AF6-40C280C2DA8A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4976308" y="173694"/>
+            <a:ext cx="3946613" cy="4589453"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3539814654"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide45.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Grafik 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BB4BAEA7-3E99-91AB-A8BE-3A7ACCD96A69}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="288032" y="1368251"/>
+            <a:ext cx="4248472" cy="1964790"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="381066" y="146046"/>
-            <a:ext cx="2066563" cy="449276"/>
+            <a:off x="325163" y="283982"/>
+            <a:ext cx="2088232" cy="367717"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>MathSciNet</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t> </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>  </a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>WiSe 2025/26</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
@@ -25892,313 +26158,370 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>45</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...26 lines deleted...]
-          <p:cNvPr id="8" name="Ellipse 7"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Ellipse 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1008112" y="1728291"/>
-            <a:ext cx="360040" cy="216024"/>
+            <a:off x="1108147" y="1764000"/>
+            <a:ext cx="468000" cy="252000"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Textfeld 2"/>
+          <p:cNvPr id="8" name="Textfeld 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2664296" y="329926"/>
-            <a:ext cx="1800200" cy="246221"/>
+            <a:off x="2664296" y="369392"/>
+            <a:ext cx="2169423" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Suche nach Autoren</a:t>
-[...3 lines deleted...]
-      </p:sp>
+              <a:t>Suche nach Zeitschriften</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Inhaltsplatzhalter 9"/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4643675" y="1008211"/>
+            <a:ext cx="4415998" cy="3546968"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="14" name="Gerader Verbinder 13"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4752528" y="3960539"/>
+            <a:ext cx="0" cy="145418"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="31750">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+            <a:tailEnd type="none" w="lg" len="med"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="17" name="Gerader Verbinder 16"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="6480720" y="3960539"/>
+            <a:ext cx="0" cy="124156"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="31750">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+            <a:tailEnd type="none" w="lg" len="med"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="12" name="Gerade Verbindung mit Pfeil 11"/>
-          <p:cNvCxnSpPr/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm>
-[...1 lines deleted...]
-            <a:ext cx="468052" cy="0"/>
+          <a:xfrm flipV="1">
+            <a:off x="4410910" y="1601968"/>
+            <a:ext cx="251187" cy="576064"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="65000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:pic>
-[...22 lines deleted...]
-      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3539814654"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3249105266"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide46.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="9" name="Grafik 8"/>
+          <p:cNvPr id="10" name="Grafik 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{578A7149-7FAC-B84A-FF43-5A53C4ED3E20}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
+        <p:blipFill>
           <a:blip r:embed="rId2"/>
-          <a:srcRect l="19372" t="13405" r="19532" b="40638"/>
+          <a:srcRect r="40625"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="144016" y="1260611"/>
-            <a:ext cx="5360726" cy="2520280"/>
+            <a:off x="375145" y="1390246"/>
+            <a:ext cx="3515508" cy="2110499"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="298270"/>
-            <a:ext cx="2088232" cy="367717"/>
+            <a:off x="360040" y="293408"/>
+            <a:ext cx="2065209" cy="708392"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>MathSciNet</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
-              <a:t>  </a:t>
+              <a:t>   	</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>WiSe 2025/26</a:t>
             </a:r>
           </a:p>
@@ -26214,676 +26537,811 @@
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8208912" y="4608651"/>
+            <a:ext cx="576000" cy="288000"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>46</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...2 lines deleted...]
-          <p:cNvCxnSpPr/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Textfeld 8"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvCxnSpPr>
-[...5 lines deleted...]
-          <a:prstGeom prst="straightConnector1">
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3096344" y="371790"/>
+            <a:ext cx="1656184" cy="246221"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="38100">
+          <a:noFill/>
+          <a:ln>
             <a:solidFill>
-              <a:schemeClr val="bg1">
-[...1 lines deleted...]
-              </a:schemeClr>
+              <a:schemeClr val="accent3"/>
             </a:solidFill>
-            <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...13 lines deleted...]
-      </p:cxnSp>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Suche nach Serien</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Ellipse 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1265384" y="1800299"/>
-            <a:ext cx="504000" cy="252000"/>
+            <a:off x="2088232" y="2020334"/>
+            <a:ext cx="532148" cy="216000"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...2 lines deleted...]
-          <p:cNvSpPr txBox="1"/>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="15" name="Gerade Verbindung mit Pfeil 14"/>
+          <p:cNvCxnSpPr/>
           <p:nvPr/>
-        </p:nvSpPr>
-[...5 lines deleted...]
-          <a:prstGeom prst="rect">
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="3438271" y="2027173"/>
+            <a:ext cx="468052" cy="418323"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-          <a:ln>
+          <a:ln w="38100">
             <a:solidFill>
-              <a:schemeClr val="accent3"/>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="65000"/>
+              </a:schemeClr>
             </a:solidFill>
+            <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
-        <p:txBody>
-[...20 lines deleted...]
-      </p:sp>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Inhaltsplatzhalter 9"/>
+          <p:cNvPr id="7" name="Grafik 6"/>
           <p:cNvPicPr>
-            <a:picLocks noGrp="1" noChangeAspect="1"/>
+            <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr>
-[...1 lines deleted...]
-          </p:nvPr>
+          <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4643675" y="1008211"/>
-            <a:ext cx="4415998" cy="3546968"/>
+            <a:off x="3988580" y="780630"/>
+            <a:ext cx="4966518" cy="3699711"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:cxnSp>
-[...70 lines deleted...]
-      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3249105266"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2222567237"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide47.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="510933" y="240371"/>
+            <a:ext cx="2209785" cy="391161"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>MathSciNet</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>   </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>47</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="13" name="Grafik 12"/>
+          <p:cNvPr id="14" name="Inhaltsplatzhalter 13"/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="526519" y="1008211"/>
+            <a:ext cx="3712702" cy="3313112"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="15" name="Grafik 14"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill rotWithShape="1">
-[...2 lines deleted...]
-          <a:stretch/>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="753783"/>
-            <a:ext cx="5516249" cy="2304256"/>
+            <a:off x="4354078" y="1020795"/>
+            <a:ext cx="4311594" cy="3024337"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="2" name="Titel 1"/>
-[...145 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="3" name="Ellipse 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1872232" y="1345984"/>
-            <a:ext cx="532148" cy="216000"/>
+            <a:off x="1944216" y="1080219"/>
+            <a:ext cx="504056" cy="216024"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="15" name="Gerade Verbindung mit Pfeil 14"/>
+          <p:cNvPr id="8" name="Gerade Verbindung mit Pfeil 7"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm flipV="1">
-[...1 lines deleted...]
-            <a:ext cx="468052" cy="418323"/>
+          <a:xfrm flipH="1">
+            <a:off x="6048672" y="1229415"/>
+            <a:ext cx="144016" cy="144000"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="38100">
+          <a:ln w="15875">
             <a:solidFill>
-              <a:schemeClr val="bg1">
-[...1 lines deleted...]
-              </a:schemeClr>
+              <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:pic>
-[...4 lines deleted...]
-          </p:cNvPicPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Textfeld 6"/>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...9 lines deleted...]
-            <a:ext cx="4966518" cy="3699711"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2772308" y="342710"/>
+            <a:ext cx="6120680" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-        </p:spPr>
-      </p:pic>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Übersicht der Klassen und Suche in der </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Mathematics</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Subject</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Classification</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> „MSC“</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Ellipse 8"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="526519" y="1658441"/>
+            <a:ext cx="1532554" cy="141114"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:prstDash val="sysDash"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Ellipse 9"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2448272" y="1512267"/>
+            <a:ext cx="648072" cy="216024"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="25400">
+            <a:solidFill>
+              <a:srgbClr val="8B1973"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="12" name="Gerade Verbindung mit Pfeil 11"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="2880320" y="1248821"/>
+            <a:ext cx="216024" cy="216024"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="25400">
+            <a:solidFill>
+              <a:srgbClr val="A62669"/>
+            </a:solidFill>
+            <a:prstDash val="sysDash"/>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2222567237"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4037279485"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide48.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="510933" y="240371"/>
-            <a:ext cx="2209785" cy="391161"/>
+            <a:off x="311055" y="236519"/>
+            <a:ext cx="2209225" cy="475936"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>MathSciNet</a:t>
             </a:r>
-            <a:r>
-[...10 lines deleted...]
-      </p:sp>
+            <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Inhaltsplatzhalter 6"/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="311055" y="1152227"/>
+            <a:ext cx="4539559" cy="3313112"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>WiSe 2025/26</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
@@ -26909,500 +27367,520 @@
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>48</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="14" name="Inhaltsplatzhalter 13"/>
-[...25 lines deleted...]
-          <p:cNvPr id="15" name="Grafik 14"/>
+          <p:cNvPr id="8" name="Grafik 7"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
-        <p:blipFill>
-[...3 lines deleted...]
-          </a:stretch>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId3"/>
+          <a:srcRect l="24350" t="12336" r="39048" b="11690"/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4354078" y="1020795"/>
-            <a:ext cx="4311594" cy="3024337"/>
+            <a:off x="4833374" y="606269"/>
+            <a:ext cx="2664296" cy="3456384"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="3" name="Ellipse 2"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Grafik 8"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4"/>
+          <a:srcRect l="23900" t="12205" r="37851" b="12125"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6754617" y="1944315"/>
+            <a:ext cx="2232248" cy="2760056"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="11" name="Gerade Verbindung mit Pfeil 10"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="3744416" y="1152228"/>
+            <a:ext cx="1296144" cy="648071"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="25400">
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="65000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="10" name="Gerade Verbindung mit Pfeil 9"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="2114310" y="1635470"/>
+            <a:ext cx="144016" cy="144000"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Ellipse 13"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1944216" y="1080219"/>
-            <a:ext cx="504056" cy="216024"/>
+            <a:off x="1944216" y="1224235"/>
+            <a:ext cx="576064" cy="216024"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...37 lines deleted...]
-          <p:cNvPr id="7" name="Textfeld 6"/>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Textfeld 2"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2772308" y="342710"/>
-            <a:ext cx="6120680" cy="215444"/>
+            <a:off x="2952328" y="360048"/>
+            <a:ext cx="1737030" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-DE" sz="1400" dirty="0">
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Übersicht der Klassen und Suche in der </a:t>
-[...189 lines deleted...]
-      </p:cxnSp>
+              <a:t>Suche in der „MSC“</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4037279485"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1225971357"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide49.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="183957"/>
-[...6 lines deleted...]
-          <a:p>
+            <a:off x="288033" y="248089"/>
+            <a:ext cx="2376264" cy="367717"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0">
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
-              <a:t>MathSciNet</a:t>
-[...10 lines deleted...]
-          </p:cNvPicPr>
+              <a:t>zbMATH</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> open</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" dirty="0">
+              <a:latin typeface="+mj-lt"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
-        </p:nvPicPr>
-[...15 lines deleted...]
-      </p:pic>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="290518" y="760226"/>
+            <a:ext cx="8640000" cy="4032448"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Datenbank von FIZ Karlsruhe, Heidelberger Akademie der Wissenschaften und European </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
+              <a:t>Mathematical</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t> Society</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Online-Version des </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" i="1" dirty="0"/>
+              <a:t>Zentralblatt für Mathematik und ihre Grenzgebiete, Zentralblatt MATH bzw. </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" i="1" dirty="0" err="1"/>
+              <a:t>Excerpts</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" i="1" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" i="1" dirty="0" err="1"/>
+              <a:t>from</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" i="1" dirty="0"/>
+              <a:t> Zentralblatt MATH</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Bibliographische Daten, Abstracts, Reviews von Zeitschriftenaufsätzen, Büchern, Kongressberichten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Über 4 </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
+              <a:t>Mio</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t> Einträge aus über 4.000 Zeitschriften und 2.000 Buchserien</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Jahrbuch über die Fortschritte der Mathematik (1868-1942) ist vollständig enthalten</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Inhaltliche systematische Erschließung: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
+              <a:t>Mathematical</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
+              <a:t>Subject</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
+              <a:t>Classification</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t> (MSC), Schlagwörter</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Verknüpfung einzelner Artikel über die jeweils angegebenen Zitate</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1800" dirty="0"/>
+              <a:t>Tägliche Aktualisierung</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>WiSe 2025/26</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
@@ -27426,337 +27904,120 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>49</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...215 lines deleted...]
-      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1225971357"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="953395023"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="217114"/>
-            <a:ext cx="4917403" cy="647278"/>
+            <a:off x="356446" y="216123"/>
+            <a:ext cx="4917403" cy="576064"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Informationskompetenz</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288992" y="1296243"/>
+            <a:off x="356446" y="1296243"/>
             <a:ext cx="8640000" cy="3312000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" i="1" dirty="0"/>
               <a:t>Schlüsselqualifikation</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t> der modernen Informationsgesellschaft und ein entscheidender Faktor für den Erfolg in Studium, Forschung und Beruf</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" i="1" dirty="0"/>
@@ -27861,372 +28122,50 @@
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3517125416"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide50.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
-[...320 lines deleted...]
-<file path=ppt/slides/slide51.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="22" name="Grafik 21">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5586788-7603-A934-244A-B41ADAE554FB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -28270,51 +28209,51 @@
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="510724" y="541426"/>
             <a:ext cx="3563803" cy="4249746"/>
           </a:xfrm>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="155218"/>
+            <a:off x="325629" y="162949"/>
             <a:ext cx="2641273" cy="352776"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>Zbmath</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t> open</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -28350,51 +28289,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>51</a:t>
+              <a:t>50</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Ellipse 9"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4685599" y="863051"/>
             <a:ext cx="1043160" cy="216024"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="00B050"/>
             </a:solidFill>
           </a:ln>
@@ -28793,1214 +28732,1214 @@
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2395348902"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide51.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Inhaltsplatzhalter 9"/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId2"/>
+          <a:srcRect l="26482" t="13069" r="27149" b="21472"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="286653" y="777822"/>
+            <a:ext cx="4483703" cy="3956071"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="286653" y="214570"/>
+            <a:ext cx="5688632" cy="442780"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>ZBmath</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> open         </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="2000" dirty="0"/>
+              <a:t>General Help      </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>	</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>51</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="Ellipse 11"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="792088" y="800393"/>
+            <a:ext cx="612164" cy="207818"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="28575">
+            <a:solidFill>
+              <a:srgbClr val="8FE406"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Grafik 13"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5034074" y="800393"/>
+            <a:ext cx="3965094" cy="3933499"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Ellipse 7"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="5004000" y="2448000"/>
+            <a:ext cx="648000" cy="108000"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="22225">
+            <a:solidFill>
+              <a:srgbClr val="FF99CC"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Ellipse 14"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4968552" y="2520000"/>
+            <a:ext cx="1368152" cy="144395"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:schemeClr val="accent2">
+                <a:lumMod val="20000"/>
+                <a:lumOff val="80000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Ellipse 2"/>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4968552" y="1368251"/>
+            <a:ext cx="3096344" cy="216024"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:srgbClr val="B381D9"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1117505809"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide52.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Inhaltsplatzhalter 9"/>
-[...181 lines deleted...]
-          <p:cNvPr id="14" name="Grafik 13"/>
+          <p:cNvPr id="14" name="Grafik 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C36E81BC-C52E-D4CA-BB37-221F69B4B6BC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5034074" y="800393"/>
-            <a:ext cx="3965094" cy="3933499"/>
+            <a:off x="1006159" y="530247"/>
+            <a:ext cx="4056488" cy="4236777"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="8" name="Ellipse 7"/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="18" name="Grafik 17"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4"/>
+          <a:srcRect l="56779" t="23040" r="31427" b="32320"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6196947" y="1391923"/>
+            <a:ext cx="1296144" cy="3066313"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="433964" y="124113"/>
+            <a:ext cx="2448272" cy="336887"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>zbMATH</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t> open</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="8" name="Grafik 7"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId5"/>
+          <a:srcRect l="67612" t="23760" r="19900" b="54737"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7608779" y="1365164"/>
+            <a:ext cx="1052251" cy="1617912"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="12" name="Gerade Verbindung mit Pfeil 11"/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="744337" y="795079"/>
+            <a:ext cx="195661" cy="68733"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="34925">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="26" name="Gerade Verbindung mit Pfeil 25"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="706025" y="1252035"/>
+            <a:ext cx="267054" cy="72008"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Foliennummernplatzhalter 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>52</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Ellipse 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm flipH="1">
-[...1 lines deleted...]
-            <a:ext cx="576000" cy="144000"/>
+          <a:xfrm>
+            <a:off x="1908000" y="504000"/>
+            <a:ext cx="540000" cy="232225"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="19050">
+          <a:ln w="38100">
             <a:solidFill>
-              <a:srgbClr val="FFCCCC"/>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="15" name="Ellipse 14"/>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="17" name="Gerade Verbindung mit Pfeil 16"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="724082" y="3349460"/>
+            <a:ext cx="200452" cy="72008"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="22225">
+            <a:solidFill>
+              <a:srgbClr val="B381D9"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="22" name="Gerade Verbindung mit Pfeil 21"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="703411" y="3623155"/>
+            <a:ext cx="200452" cy="72008"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="22225">
+            <a:solidFill>
+              <a:srgbClr val="FF99CC"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="29" name="Gerade Verbindung mit Pfeil 28"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="611095" y="4349252"/>
+            <a:ext cx="317110" cy="72008"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="31750">
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="65000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Textfeld 10"/>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3128295" y="167203"/>
+            <a:ext cx="5307008" cy="246221"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="72000" tIns="0" rIns="0" bIns="0" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="420"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="accent3"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Suchanfrage nach einem Zeitschriftenaufsatz -&gt; Trefferanzeige</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="15" name="Gerade Verbindung mit Pfeil 14"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="703411" y="3896850"/>
+            <a:ext cx="230554" cy="73496"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:srgbClr val="00B0F0"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="24" name="Ellipse 23"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4968552" y="2520000"/>
-            <a:ext cx="1368152" cy="144395"/>
+            <a:off x="4181941" y="2826618"/>
+            <a:ext cx="1005951" cy="282811"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln w="19050">
+          <a:ln>
             <a:solidFill>
-              <a:schemeClr val="accent2">
-[...2 lines deleted...]
-              </a:schemeClr>
+              <a:srgbClr val="00B050"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...2 lines deleted...]
-          <p:cNvSpPr/>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="16" name="Grafik 15"/>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
           <p:nvPr/>
-        </p:nvSpPr>
-[...5 lines deleted...]
-          <a:prstGeom prst="ellipse">
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId6"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6447992" y="882450"/>
+            <a:ext cx="1905000" cy="314325"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:noFill/>
-          <a:ln w="12700">
+        </p:spPr>
+      </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="27" name="Gerade Verbindung mit Pfeil 26"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5340684" y="924667"/>
+            <a:ext cx="578225" cy="114945"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="31750">
             <a:solidFill>
-              <a:srgbClr val="FF0000"/>
+              <a:schemeClr val="accent2">
+                <a:lumMod val="20000"/>
+                <a:lumOff val="80000"/>
+              </a:schemeClr>
             </a:solidFill>
+            <a:prstDash val="sysDash"/>
+            <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
-          <a:lnRef idx="2">
-[...2 lines deleted...]
-            </a:schemeClr>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
           </a:lnRef>
-          <a:fillRef idx="1">
+          <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
-            <a:schemeClr val="lt1"/>
+            <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
-        <p:txBody>
-[...11 lines deleted...]
-      </p:sp>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="31" name="Gerade Verbindung mit Pfeil 30"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1658100" y="4032547"/>
+            <a:ext cx="150693" cy="132074"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="28575">
+            <a:solidFill>
+              <a:srgbClr val="FFC000"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="36" name="Gerade Verbindung mit Pfeil 35"/>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="5043328" y="2520379"/>
+            <a:ext cx="236103" cy="72008"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1117505809"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1430832810"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide53.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Grafik 9">
+          <p:cNvPr id="18" name="Inhaltsplatzhalter 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EBDFC29-AD3F-6B1C-F3E6-7D2BEB3DA0A6}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56AF453A-5C00-0D60-36BD-D22ECEFD9A2F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...702 lines deleted...]
-          <p:cNvPr id="12" name="Inhaltsplatzhalter 11"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="310830" y="680447"/>
-[...4 lines deleted...]
-          </a:prstGeom>
+            <a:off x="328638" y="787332"/>
+            <a:ext cx="3964741" cy="3659406"/>
+          </a:xfrm>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="287496" y="101601"/>
+            <a:off x="328638" y="126422"/>
             <a:ext cx="2376264" cy="367717"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>zbMATH</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t> open</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="2000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -30037,90 +29976,66 @@
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>54</a:t>
+              <a:t>53</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:pic>
-[...22 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Ellipse 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1152032" y="680415"/>
-            <a:ext cx="654606" cy="140416"/>
+            <a:off x="1080120" y="757790"/>
+            <a:ext cx="720175" cy="165580"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="31750">
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
               </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -30128,170 +30043,172 @@
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="13" name="Gerade Verbindung mit Pfeil 12"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
-            <a:off x="26080" y="1713663"/>
+            <a:off x="26080" y="1779166"/>
             <a:ext cx="302558" cy="47973"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="28575">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Textfeld 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3399120" y="63924"/>
+            <a:off x="3368967" y="177476"/>
             <a:ext cx="3801679" cy="492443"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="36000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suche mit Suchwörtern und Systemstelle -&gt; Suchergebnis, Trefferanzeige</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="15" name="Gerade Verbindung mit Pfeil 14"/>
-          <p:cNvCxnSpPr/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipV="1">
-            <a:off x="3145115" y="2834746"/>
-            <a:ext cx="1925367" cy="1498439"/>
+            <a:off x="2448272" y="1779166"/>
+            <a:ext cx="2147665" cy="417549"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="25400">
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
             </a:solidFill>
             <a:prstDash val="sysDash"/>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Grafik 2"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4"/>
+          <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5299960" y="820831"/>
             <a:ext cx="3793915" cy="774927"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Ellipse 15"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="6120680" y="787331"/>
             <a:ext cx="504056" cy="187379"/>
           </a:xfrm>
@@ -30370,83 +30287,574 @@
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="25" name="Gerade Verbindung mit Pfeil 24"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
             <a:off x="2520280" y="1276941"/>
             <a:ext cx="2442178" cy="436722"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="bg1">
                 <a:lumMod val="75000"/>
               </a:schemeClr>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="20" name="Grafik 19">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{183DB1FE-2C1F-D62E-11A2-688590BED19B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId4"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4759081" y="1654705"/>
+            <a:ext cx="2945775" cy="2163466"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="29" name="Grafik 28">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{895501E2-2696-D699-FD86-BB1837CADE58}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId5"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6043950" y="3214141"/>
+            <a:ext cx="2920265" cy="1588816"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="30" name="Gerade Verbindung mit Pfeil 29">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6DA8B806-79CB-C993-0EE5-8D878EAF7EBB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2808312" y="3240459"/>
+            <a:ext cx="3024336" cy="870905"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="25400">
+            <a:solidFill>
+              <a:schemeClr val="bg1">
+                <a:lumMod val="75000"/>
+              </a:schemeClr>
+            </a:solidFill>
+            <a:prstDash val="sysDash"/>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="36" name="Gerade Verbindung mit Pfeil 35">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33574E8D-4214-8327-8E6A-F90C6675A58A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="5893921" y="2720435"/>
+            <a:ext cx="203377" cy="91370"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:schemeClr val="accent3"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="41" name="Ellipse 40">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25B64F03-28EB-2091-6435-0303E645B398}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4680521" y="2032635"/>
+            <a:ext cx="381118" cy="95550"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="43" name="Gerade Verbindung mit Pfeil 42">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54C0613E-DF72-DD45-69F6-87CC1247F341}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4608512" y="2448371"/>
+            <a:ext cx="150569" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="B381D9"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="45" name="Gerade Verbindung mit Pfeil 44">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E819A4E3-AF76-4B62-7D42-18A75CD175BD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5868000" y="4356000"/>
+            <a:ext cx="150029" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:srgbClr val="FF99CC"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="47" name="Gerade Verbindung mit Pfeil 46">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A2E53FE-3299-66F3-F208-BE5C1839F5F8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5832648" y="3996000"/>
+            <a:ext cx="211302" cy="48010"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:srgbClr val="B381D9"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="48" name="Ellipse 47">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C9FBA7F-53B8-2959-1B06-7123CFE646AF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6043950" y="3528491"/>
+            <a:ext cx="292754" cy="155519"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:srgbClr val="7030A0"/>
+            </a:solidFill>
+            <a:prstDash val="sysDot"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="49" name="Ellipse 48">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FEFB15FD-D75E-DB02-BBF4-AAA92540647E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="8424936" y="3996000"/>
+            <a:ext cx="539279" cy="180562"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:srgbClr val="00B050"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="51" name="Gerade Verbindung mit Pfeil 50">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{721576F5-52C2-E18E-633B-7C3AF7338D1A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4608512" y="2811805"/>
+            <a:ext cx="150569" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="92D050"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2728072415"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide55.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide54.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="12" name="Grafik 11"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -30480,51 +30888,51 @@
           <a:srcRect l="25548" t="17395" r="26796" b="5002"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="360040" y="832021"/>
             <a:ext cx="3723405" cy="3745668"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="504056" y="320255"/>
+            <a:off x="468053" y="259506"/>
             <a:ext cx="2520280" cy="367717"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>zbMATH</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t> Open</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -30560,51 +30968,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>55</a:t>
+              <a:t>54</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Ellipse 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1933710" y="1331355"/>
             <a:ext cx="576064" cy="216024"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
@@ -30847,51 +31255,51 @@
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>“</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1385364190"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide56.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide55.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="15" name="Grafik 14"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
@@ -30923,51 +31331,51 @@
           <a:srcRect b="2342"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="5167906" y="936203"/>
             <a:ext cx="3920652" cy="3384376"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="260699"/>
+            <a:off x="304433" y="191050"/>
             <a:ext cx="2435260" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>zbMATH</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t> Open</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
@@ -31004,51 +31412,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
-              <a:t>56</a:t>
+              <a:t>55</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Ellipse 8"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2358515" y="1048464"/>
             <a:ext cx="539903" cy="252000"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="38100">
             <a:solidFill>
               <a:schemeClr val="accent5">
                 <a:lumMod val="40000"/>
                 <a:lumOff val="60000"/>
@@ -31461,50 +31869,396 @@
               <a:t>is</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="600" dirty="0" err="1"/>
               <a:t>available</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="600" dirty="0"/>
               <a:t> Open Access</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="800" dirty="0"/>
               <a:t>. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3375704856"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide56.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Titel 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E686926-B1CE-70FF-E3BF-4FD4B3489D36}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="360104" y="212317"/>
+            <a:ext cx="7992888" cy="439725"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0" err="1"/>
+              <a:t>volltextDatenbanken</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" dirty="0"/>
+              <a:t>   „Preprint-server“</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Inhaltsplatzhalter 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BD859EC-E1E0-AE5F-FD05-93C10058FA95}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="360104" y="792187"/>
+            <a:ext cx="8473921" cy="4104455"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" b="1" dirty="0"/>
+              <a:t>Preprint-Server</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>sind häufig aus der Community heraus entstanden, Preprints werden üblicherweise auf fachspezifischen Preprint-Servern hochgeladen. Auf den Plattformen findet kein Peer Review statt, i.d.R. aber eine elementare Eingangskontrolle, ob eine hochgeladene Publikation wissenschaftlich ist und zum fachlichen Spektrum passt. Preprints sind dauerhaft frei zugänglich. Sie ermöglichen noch vor der endgültigen Veröffentlichung eine kritische Diskussion in der Community.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1600" b="1" dirty="0" err="1"/>
+              <a:t>arXiv</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>  = Online-Repositorium zur Bereitstellung von Preprint-Aufsätzen</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>qualitätsgesicherte Open-Access Quelle</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>Funktion eines Neuerscheinungsdienstes</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="2">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1400" dirty="0"/>
+              <a:t>Kommunikationsplattform. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t>Seit 1991 ist </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0" err="1"/>
+              <a:t>arXiv</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-DE" sz="1200" dirty="0"/>
+              <a:t> besonders für die Fachbereiche Physik, Mathematik und Informatik ein unverzichtbarer Bestandteil der wissenschaftlichen Kommunikation.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="800" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>https://blog.tib.eu/2013/10/24/arxiv-als-open-access-quelle/</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="800" dirty="0">
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>https://blog.tib.eu/arxiv-alphabet/arxiv-alphabet-f-wie/#Fachkulturen</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="800" dirty="0">
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>https://www.tib.eu/de/aktuelles/detail/die-wissenschaft-schuetzen-tib-baut-dark-archive-fuer-arxiv-auf</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="de-DE" sz="800" dirty="0">
+                <a:hlinkClick r:id="rId5"/>
+              </a:rPr>
+              <a:t>https://blog.tib.eu/2025/05/13/die-wissenschaft-schuetzen-tib-baut-dark-archive-fuer-arxiv-auf/</a:t>
+            </a:r>
+            <a:endParaRPr lang="de-DE" sz="800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1000" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Datumsplatzhalter 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3450E61C-796A-B2F1-E881-D2B4DC20B1F1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="dt" sz="half" idx="10"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>WiSe 2025/26</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Fußzeilenplatzhalter 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{761BD687-9031-6AF4-3715-FB4135824D6E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ftr" sz="quarter" idx="11"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="de-DE"/>
+              <a:t>Fachspezifische Literaturrecherche Mathematik</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Foliennummernplatzhalter 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF7B1827-7DA5-86E6-0928-AB0B1C83EE14}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="12"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
+              <a:rPr lang="de-DE" smtClean="0"/>
+              <a:t>56</a:t>
+            </a:fld>
+            <a:endParaRPr lang="de-DE"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2856346221"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide57.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -31547,52 +32301,52 @@
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>-Server</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Inhaltsplatzhalter 6"/>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill rotWithShape="1">
           <a:blip r:embed="rId2"/>
           <a:srcRect t="13048" b="4361"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="171381" y="946760"/>
-            <a:ext cx="6021059" cy="3108001"/>
+            <a:off x="315646" y="1051923"/>
+            <a:ext cx="5949051" cy="3070831"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE"/>
               <a:t>WiSe 2025/26</a:t>
             </a:r>
@@ -31826,91 +32580,91 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="144016" y="216123"/>
-            <a:ext cx="8905931" cy="409310"/>
+            <a:off x="343755" y="299501"/>
+            <a:ext cx="8640960" cy="409310"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Web </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>of</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t> Science  –  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-DE" sz="1600" dirty="0"/>
+              <a:rPr lang="de-DE" sz="1500" dirty="0"/>
               <a:t>Portal für die parallele und interdisziplinäre Recherche</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="251285" y="936203"/>
-            <a:ext cx="8772966" cy="3744416"/>
+            <a:off x="343755" y="941187"/>
+            <a:ext cx="8736219" cy="3672408"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="80000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Die </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0" err="1"/>
               <a:t>WoS</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t> Core Collection </a:t>
             </a:r>
             <a:r>
@@ -32185,52 +32939,52 @@
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>58</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Textfeld 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5237893" y="2088331"/>
-            <a:ext cx="3960440" cy="420628"/>
+            <a:off x="5119534" y="2088331"/>
+            <a:ext cx="3865181" cy="420628"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1200" cap="all" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="40000"/>
                     <a:lumOff val="60000"/>
                   </a:schemeClr>
                 </a:solidFill>
@@ -32273,51 +33027,51 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288033" y="216122"/>
+            <a:off x="442969" y="342363"/>
             <a:ext cx="5112568" cy="400059"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Web </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>of</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t> Science Core Collection  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
@@ -32368,262 +33122,266 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>59</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...115 lines deleted...]
-      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="3" name="Grafik 2"/>
+          <p:cNvPr id="10" name="Grafik 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{36D670B9-8FF7-555A-A584-19FBDE1C0C52}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3456384" y="766966"/>
-            <a:ext cx="4863589" cy="3769637"/>
+            <a:off x="442969" y="921048"/>
+            <a:ext cx="8415564" cy="3342678"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Ellipse 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D9B656BD-AE9A-D4CD-D4E7-37BB5DCDEAA8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4104456" y="1440259"/>
+            <a:ext cx="720080" cy="216024"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Ellipse 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E33DC548-F584-2650-09E6-827AE675EE92}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6048672" y="1440259"/>
+            <a:ext cx="792088" cy="216024"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="8CF8F3"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="911099928"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="297493" y="341631"/>
-            <a:ext cx="4917403" cy="351569"/>
+            <a:off x="314914" y="406151"/>
+            <a:ext cx="3086883" cy="351569"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Urheberrecht</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="297493" y="1299730"/>
-            <a:ext cx="8640000" cy="3164865"/>
+            <a:off x="321203" y="1250886"/>
+            <a:ext cx="8601984" cy="3164865"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>Die Urheber von Werken der Literatur, Wissenschaft und Kunst genießen für ihre Werke Schutz nach Maßgabe dieses Gesetzes (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" b="1" dirty="0">
                 <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>Urheberrechtsgesetz</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t> vom 9.9.1965, zuletzt geändert  am </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0">
@@ -32856,75 +33614,50 @@
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide60.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...23 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288033" y="216122"/>
             <a:ext cx="5112568" cy="400059"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Web </a:t>
             </a:r>
             <a:r>
@@ -32988,540 +33721,378 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>60</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...361 lines deleted...]
-      </p:cxnSp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="16" name="Grafik 15"/>
+          <p:cNvPr id="13" name="Inhaltsplatzhalter 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6263607D-8267-8F3D-4B23-5180F6D9DCAB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="290798" y="896184"/>
+            <a:ext cx="4509464" cy="2851200"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="18" name="Grafik 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76CC5782-AA35-1A52-FA36-1C25C5369B53}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3507667" y="3095403"/>
-            <a:ext cx="5472608" cy="1581049"/>
+            <a:off x="5040560" y="896184"/>
+            <a:ext cx="3681230" cy="3027224"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="17" name="Ellipse 16"/>
+          <p:cNvPr id="3" name="Ellipse 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FC5E1F78-573C-5192-7132-053B21FF4E2C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4248472" y="3026701"/>
-            <a:ext cx="576064" cy="217064"/>
+            <a:off x="1368152" y="1224235"/>
+            <a:ext cx="720080" cy="144016"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
-          <a:ln>
+          <a:ln w="28575">
             <a:solidFill>
-              <a:srgbClr val="FF3300"/>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="19" name="Gerade Verbindung mit Pfeil 18"/>
-          <p:cNvCxnSpPr/>
+          <p:cNvPr id="8" name="Gerade Verbindung mit Pfeil 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BD97889D-F638-6A01-C18E-FFF51CE21AC3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm flipH="1">
-[...1 lines deleted...]
-            <a:ext cx="144048" cy="214984"/>
+          <a:xfrm>
+            <a:off x="720080" y="1693432"/>
+            <a:ext cx="144016" cy="178875"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="34925">
+          <a:ln w="12700">
             <a:solidFill>
-              <a:srgbClr val="FF3300"/>
+              <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
-          <p:cNvPr id="21" name="Gerade Verbindung mit Pfeil 20"/>
+          <p:cNvPr id="12" name="Gerade Verbindung mit Pfeil 11">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4CE01E3-A92D-F4A6-1154-79B8CD721C6C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
-          <a:xfrm flipH="1">
-[...1 lines deleted...]
-            <a:ext cx="144017" cy="117670"/>
+          <a:xfrm>
+            <a:off x="6264696" y="1584275"/>
+            <a:ext cx="72008" cy="109157"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
-          <a:ln w="31750">
+          <a:ln w="12700">
             <a:solidFill>
-              <a:srgbClr val="8FE406"/>
+              <a:srgbClr val="FF0000"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Ellipse 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A8128FB4-4EFB-0849-6DEA-D43F1108E74A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5976664" y="1189359"/>
+            <a:ext cx="720080" cy="144016"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="28575">
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="16" name="Gerade Verbindung mit Pfeil 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA2B764A-289A-6EF5-1091-0E1006E2265E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="8280952" y="2373792"/>
+            <a:ext cx="144080" cy="72008"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:srgbClr val="92D050"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="19" name="Gerade Verbindung mit Pfeil 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{439B8928-8900-CCA4-EF42-0718247C2130}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="7668000" y="2952000"/>
+            <a:ext cx="108000" cy="72008"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:srgbClr val="8CF8F3"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2056152326"/>
       </p:ext>
     </p:extLst>
@@ -33529,66 +34100,101 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide61.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="8" name="Grafik 7"/>
+          <p:cNvPr id="19" name="Inhaltsplatzhalter 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{965990AE-CB65-5D55-8C38-7F146E16195D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1"/>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="253881" y="904139"/>
-            <a:ext cx="4819650" cy="2324100"/>
+            <a:off x="4072505" y="1245318"/>
+            <a:ext cx="4856487" cy="3313112"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="11" name="Grafik 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{224D5DFD-A08D-D1D3-39F9-F374D597EC0F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="308037" y="932127"/>
+            <a:ext cx="3577698" cy="1899836"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="288033" y="216122"/>
             <a:ext cx="5112568" cy="400059"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
@@ -33658,645 +34264,486 @@
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Foliennummernplatzhalter 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>61</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...70 lines deleted...]
-      </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Textfeld 11"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5904656" y="305455"/>
             <a:ext cx="2448336" cy="246221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="36000" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Suchanfrage -&gt; Suchergebnis</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...204 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="Ellipse 29"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3991336" y="1343545"/>
+            <a:off x="5087255" y="1549889"/>
             <a:ext cx="2664648" cy="231356"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="19050">
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:prstDash val="sysDot"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="13" name="Gerade Verbindung mit Pfeil 12"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2663706" y="2132603"/>
+            <a:off x="308037" y="1656283"/>
             <a:ext cx="252029" cy="94150"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="25400">
             <a:solidFill>
               <a:srgbClr val="FF3300"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="18" name="Gerade Verbindung mit Pfeil 17"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="7560840" y="2808411"/>
+            <a:off x="8513193" y="2997713"/>
             <a:ext cx="144016" cy="72008"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:srgbClr val="00B050"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="22" name="Gerade Verbindung mit Pfeil 21"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="7488832" y="3600499"/>
+            <a:off x="8582060" y="3838731"/>
             <a:ext cx="144016" cy="72008"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:srgbClr val="00B050"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="27" name="Gerade Verbindung mit Pfeil 26"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="7522875" y="3013518"/>
+            <a:off x="8568984" y="3191041"/>
             <a:ext cx="144016" cy="72008"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="31" name="Gerade Verbindung mit Pfeil 30"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="7488832" y="3805606"/>
+            <a:off x="8582060" y="4012299"/>
             <a:ext cx="144016" cy="104245"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="19050">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Ellipse 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8E55C02-5BE9-1D3F-4BE7-28AAA14EC174}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1008112" y="1152227"/>
+            <a:ext cx="792088" cy="215652"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="28575">
+            <a:solidFill>
+              <a:schemeClr val="accent5">
+                <a:lumMod val="40000"/>
+                <a:lumOff val="60000"/>
+              </a:schemeClr>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2294610042"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide62.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="21" name="Grafik 20">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9F5A3380-EAE4-891A-23DD-BA855BE31E5B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4935842" y="1065452"/>
+            <a:ext cx="3902874" cy="3255128"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Grafik 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBC85871-D2A0-56B1-C3BD-60F1A07A618C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="345137" y="1015297"/>
+            <a:ext cx="4493800" cy="3283748"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="252028" y="152939"/>
+            <a:off x="327840" y="237726"/>
             <a:ext cx="5453271" cy="367717"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Web </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>of</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t> Science </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>core</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
@@ -34418,496 +34865,198 @@
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent3"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Trefferanzeige</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="28" name="Gerade Verbindung mit Pfeil 27"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="3536104" y="1440259"/>
+            <a:off x="4057246" y="1686253"/>
             <a:ext cx="110118" cy="72008"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="15875">
             <a:solidFill>
               <a:srgbClr val="92D050"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="32" name="Gerade Verbindung mit Pfeil 31"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm flipH="1">
-            <a:off x="3502713" y="1858913"/>
+            <a:off x="4105186" y="2678706"/>
             <a:ext cx="143509" cy="87983"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:sp>
-[...49 lines deleted...]
-      </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="39" name="Gerade Verbindung mit Pfeil 38"/>
-          <p:cNvCxnSpPr/>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2929491" y="755013"/>
-            <a:ext cx="98343" cy="174700"/>
+            <a:off x="3168352" y="842660"/>
+            <a:ext cx="72008" cy="172637"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="15875">
             <a:solidFill>
-              <a:srgbClr val="F68E9F"/>
+              <a:srgbClr val="F9B1BD"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
-      <p:sp>
-[...247 lines deleted...]
-      </p:pic>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="12" name="Gerade Verbindung mit Pfeil 11"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="103903" y="4032547"/>
+            <a:off x="143691" y="4176563"/>
             <a:ext cx="184129" cy="72008"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:solidFill>
               <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Ellipse 14"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3352690" y="1296242"/>
-            <a:ext cx="535742" cy="144017"/>
+            <a:off x="3708127" y="1300031"/>
+            <a:ext cx="684000" cy="180000"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="15875">
             <a:solidFill>
               <a:srgbClr val="D818A6"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
@@ -34918,147 +35067,329 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
               <a:solidFill>
                 <a:schemeClr val="accent2"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="13" name="Gerade Verbindung mit Pfeil 12">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F855E98E-5E6F-9EB6-9C85-85A27B3BC59B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4523873" y="3115139"/>
+            <a:off x="4859084" y="3044408"/>
             <a:ext cx="169277" cy="72008"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="B381D9"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="16" name="Gerade Verbindung mit Pfeil 15">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49045B6B-A4EC-C26E-DE68-2E0AC2DFA9CD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="181139" y="2808411"/>
+            <a:off x="183379" y="2952428"/>
             <a:ext cx="148125" cy="72008"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="3696F6"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="18" name="Gerade Verbindung mit Pfeil 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2265EBAB-DBD1-EA67-C953-62515DC84176}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4494047" y="2564649"/>
+            <a:off x="4825061" y="2512391"/>
             <a:ext cx="148125" cy="72008"/>
           </a:xfrm>
           <a:prstGeom prst="straightConnector1">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="12700">
             <a:solidFill>
               <a:srgbClr val="3696F6"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="22" name="Gerade Verbindung mit Pfeil 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB1161F9-469D-BD1F-3195-DF8960F1D43D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="8368130" y="1673881"/>
+            <a:ext cx="110118" cy="72008"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:srgbClr val="92D050"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="23" name="Gerade Verbindung mit Pfeil 22">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F7ED89F-C601-2A0D-12CB-742F191F3C63}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="8368130" y="2504404"/>
+            <a:ext cx="143509" cy="87983"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
+            </a:solidFill>
+            <a:tailEnd type="triangle"/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Ellipse 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{43F6E349-219B-ABC1-C098-10E448F13EBD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7817729" y="1327847"/>
+            <a:ext cx="650824" cy="144000"/>
+          </a:xfrm>
+          <a:prstGeom prst="ellipse">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln w="15875">
+            <a:solidFill>
+              <a:srgbClr val="D818A6"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="de-DE" sz="1400" dirty="0" err="1">
+              <a:solidFill>
+                <a:schemeClr val="accent2"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="8" name="Gerade Verbindung mit Pfeil 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0F2087FD-4E4C-9E90-E2CB-5422E7F1274D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr/>
+          <p:nvPr/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4755054" y="4176563"/>
+            <a:ext cx="184129" cy="72008"/>
+          </a:xfrm>
+          <a:prstGeom prst="straightConnector1">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="12700">
+            <a:solidFill>
+              <a:schemeClr val="accent2"/>
             </a:solidFill>
             <a:tailEnd type="triangle"/>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:lnRef>
           <a:fillRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="tx1"/>
           </a:fontRef>
         </p:style>
       </p:cxnSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1120210739"/>
       </p:ext>
     </p:extLst>
@@ -35076,78 +35407,78 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="223080"/>
+            <a:off x="360040" y="233796"/>
             <a:ext cx="4917403" cy="511733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Zeitschriftendatenbanken</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288992" y="1008211"/>
+            <a:off x="360040" y="990192"/>
             <a:ext cx="8640000" cy="3600400"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t>Zeitschriftendatenbank (ZDB)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Weltweit größte Datenbank für den </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" b="1" dirty="0"/>
@@ -35330,51 +35661,51 @@
           <a:srcRect l="12589" t="13860" r="13559" b="9956"/>
           <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="1039381" y="616187"/>
             <a:ext cx="6418181" cy="4138038"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="242605" y="152042"/>
+            <a:off x="288032" y="149051"/>
             <a:ext cx="4869964" cy="406594"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Zeitschriftendatenbank   ZDB   </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -35953,51 +36284,51 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288033" y="206762"/>
+            <a:off x="288032" y="206762"/>
             <a:ext cx="5040560" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Zeitschriftendatenbank   ZDB</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -36279,51 +36610,51 @@
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="20" name="Grafik 19"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="200526" y="801720"/>
+            <a:off x="288032" y="843234"/>
             <a:ext cx="4724735" cy="3260021"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="337317" y="96452"/>
             <a:ext cx="7105769" cy="511733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
@@ -36389,51 +36720,51 @@
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>66</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Ellipse 2"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="200526" y="1080219"/>
+            <a:off x="199757" y="1126982"/>
             <a:ext cx="1904550" cy="253440"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="22225">
             <a:solidFill>
               <a:schemeClr val="accent3"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
@@ -36506,52 +36837,52 @@
                 <a:solidFill>
                   <a:srgbClr val="FFC000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>ab</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FFC000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> 11.2002 - …</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="16" name="Ellipse 15"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="978274" y="2209704"/>
-            <a:ext cx="3342206" cy="233219"/>
+            <a:off x="1224136" y="2242041"/>
+            <a:ext cx="3167864" cy="253440"/>
           </a:xfrm>
           <a:prstGeom prst="ellipse">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="19050">
             <a:solidFill>
               <a:srgbClr val="00B050"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="50000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
@@ -36872,51 +37203,51 @@
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="950042" y="727855"/>
             <a:ext cx="6720042" cy="4058339"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="314494" y="288131"/>
+            <a:off x="360040" y="178718"/>
             <a:ext cx="4917403" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>EZB-Link  zur  Verlagsseite</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Datumsplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
@@ -37104,180 +37435,171 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="360139"/>
+            <a:off x="372584" y="225585"/>
             <a:ext cx="4917403" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Informationen  im  Internet</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="972864"/>
-            <a:ext cx="8424936" cy="3816424"/>
+            <a:off x="372584" y="805216"/>
+            <a:ext cx="7980408" cy="3816424"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Internetquellen</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Heterogene Informationen</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Qualitätskontrolle, Seriosität ist nicht überall gegeben</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Suchmaschinen </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>(Google, Google Scholar, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
-              <a:t>BASE: Bielefeld Academic Search Engine, …); </a:t>
-[...8 lines deleted...]
-              <a:t>     Deep Web (</a:t>
+              <a:t>BASE: Bielefeld Academic Search Engine, …), Deep Web (</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>geschützte</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>Inhalte</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>sind</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" u="sng" dirty="0" err="1"/>
               <a:t>nicht</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0" err="1"/>
               <a:t>auffindbar</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" dirty="0"/>
               <a:t>)</a:t>
             </a:r>
-            <a:endParaRPr lang="de-DE" sz="1600" dirty="0"/>
+            <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="07529A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Open Access </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>(kostenfreier Zugang zu wissenschaftlichen Dokumenten im </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="07529A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Internet</a:t>
@@ -37471,51 +37793,51 @@
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Fachportale</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="279436" y="1135308"/>
+            <a:off x="309298" y="1152227"/>
             <a:ext cx="8640000" cy="3312000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Internetportal mit Fachinformationen und elektronischen Ressourcen zu einem bestimmten Wissenschaftsgebiet</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
@@ -37700,78 +38022,78 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="360139"/>
+            <a:off x="306190" y="360139"/>
             <a:ext cx="4917403" cy="439725"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Urheberrecht   – SCHRANKEN -</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288992" y="1224603"/>
+            <a:off x="306190" y="1224816"/>
             <a:ext cx="8135944" cy="3312000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" b="1" dirty="0"/>
               <a:t>Schranken des Urheberrechts durch gesetzlich erlaubte Nutzungen (§§ 44a ff UrhG)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>Zum Zwecke des Zitats ist zulässig, wenn </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" i="1" dirty="0"/>
@@ -37922,51 +38244,51 @@
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{527F1E04-A1A3-475C-A843-CFD0985386EF}" type="slidenum">
               <a:rPr lang="de-DE" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Textfeld 6"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6120680" y="2160339"/>
+            <a:off x="6660180" y="2177275"/>
             <a:ext cx="432048" cy="215444"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Zitat</a:t>
@@ -38032,78 +38354,78 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="348603"/>
+            <a:off x="318934" y="264602"/>
             <a:ext cx="3361353" cy="511733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Fachportal   </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288064" y="1214310"/>
+            <a:off x="315906" y="1214310"/>
             <a:ext cx="8352928" cy="3519896"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>Der Fachinformationsdienst Mathematik „</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0" err="1">
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>fidmath</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>“ ermöglicht einen zentralen Sucheinstieg zu vielen mathematikspezifischen Informationsquellen</a:t>
             </a:r>
           </a:p>
@@ -38374,78 +38696,78 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="278234" y="294169"/>
+            <a:off x="369225" y="294106"/>
             <a:ext cx="6673721" cy="511733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Literaturbeschaffung  von  außerhalb</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="1089261"/>
+            <a:off x="360040" y="1087245"/>
             <a:ext cx="8640000" cy="3456016"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" b="1" dirty="0"/>
               <a:t>Fernleihe</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0"/>
               <a:t>Onlinebestellung von in Bonner Bibliotheken nicht vorhandenen Büchern und Aufsätzen als registrierter Benutzer der ULB zum Pauschalpreis über die </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" b="1" dirty="0" err="1"/>
               <a:t>DigiBib</a:t>
             </a:r>
@@ -38670,51 +38992,51 @@
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0" err="1"/>
               <a:t>DigiBib</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288992" y="1224603"/>
+            <a:off x="295994" y="1224235"/>
             <a:ext cx="8640000" cy="3528024"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Die Digitale Bibliothek </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="053997"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>DigiBib</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0">
                 <a:solidFill>
@@ -39174,78 +39496,78 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288032" y="360139"/>
+            <a:off x="297217" y="248289"/>
             <a:ext cx="4917403" cy="367717"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Zusammenfassung</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288992" y="792187"/>
+            <a:off x="297217" y="740085"/>
             <a:ext cx="8640000" cy="3960440"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:lnSpc>
                 <a:spcPct val="150000"/>
               </a:lnSpc>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="07529A"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Wissenschaftliche Arbeit - Informationskompetenz:  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="009644"/>
@@ -39528,73 +39850,83 @@
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="311055" y="324901"/>
+            <a:ext cx="4917403" cy="647278"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Zusammenfassung</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="311055" y="1224235"/>
+            <a:ext cx="8640000" cy="3312000"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Eine </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t>gute Vorbereitung </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>der Recherche sehr wichtig für den Erfolg ist.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
@@ -39780,52 +40112,52 @@
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t> </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288992" y="1267821"/>
-            <a:ext cx="8640000" cy="3556814"/>
+            <a:off x="311055" y="1252704"/>
+            <a:ext cx="8423976" cy="3556814"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" b="1" dirty="0"/>
               <a:t>Folien</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0" err="1"/>
               <a:t>eCampus</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
@@ -39984,51 +40316,51 @@
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Grafik 6"/>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId6" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288033" y="288203"/>
+            <a:off x="330825" y="295850"/>
             <a:ext cx="3744415" cy="810000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:custDataLst>
       <p:tags r:id="rId1"/>
     </p:custDataLst>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2375751925"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide77.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
@@ -40239,79 +40571,79 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="311055" y="277258"/>
+            <a:off x="338469" y="248289"/>
             <a:ext cx="4917403" cy="511733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Urheberrecht   - Schranken -</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="311055" y="1116881"/>
-            <a:ext cx="8640000" cy="3563738"/>
+            <a:off x="338469" y="1116881"/>
+            <a:ext cx="8590523" cy="3563738"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" b="1" dirty="0"/>
               <a:t>... für Unterricht, Wissenschaft und Institutionen	</a:t>
             </a:r>
             <a:endParaRPr lang="de-DE" sz="1200" b="1" i="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
               <a:t>Unterricht und Lehre </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" b="1" dirty="0"/>
@@ -40594,51 +40926,51 @@
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>Forschungsapparat</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Textfeld 7"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5508052" y="473154"/>
+            <a:off x="5435567" y="444692"/>
             <a:ext cx="3240360" cy="400110"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcAft>
                 <a:spcPts val="420"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1300" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="accent2">
                     <a:lumMod val="60000"/>
                     <a:lumOff val="40000"/>
                   </a:schemeClr>
@@ -40669,78 +41001,78 @@
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Titel 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="313205" y="360139"/>
+            <a:off x="313205" y="345490"/>
             <a:ext cx="4917403" cy="511733"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-DE" dirty="0"/>
               <a:t>Urheberrecht  – Schranken -</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Inhaltsplatzhalter 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="288992" y="1224603"/>
+            <a:off x="313205" y="1247398"/>
             <a:ext cx="8279960" cy="3312000"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" b="1" dirty="0"/>
               <a:t>... für Unterricht, Wissenschaft und Institutionen</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-DE" sz="1800" dirty="0"/>
               <a:t>Bibliotheken</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-DE" sz="1600" dirty="0"/>
@@ -41873,54 +42205,54 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Präsentation_Vorlage-1</Template>
   <TotalTime></TotalTime>
-  <Words>4347</Words>
+  <Words>4466</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Benutzerdefiniert</PresentationFormat>
-  <Paragraphs>687</Paragraphs>
+  <Paragraphs>693</Paragraphs>
   <Slides>77</Slides>
   <Notes>27</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Verwendete Schriftarten</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>7</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Design</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Folientitel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>77</vt:i4>
       </vt:variant>
@@ -41940,80 +42272,80 @@
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>Inhalt</vt:lpstr>
       <vt:lpstr>Literaturrecherche im Kontext   wissenschaftlichen Arbeitens und Informationskompetenz</vt:lpstr>
       <vt:lpstr>Informationskompetenz</vt:lpstr>
       <vt:lpstr>Urheberrecht</vt:lpstr>
       <vt:lpstr>Urheberrecht   – SCHRANKEN -</vt:lpstr>
       <vt:lpstr>Urheberrecht   - Schranken -</vt:lpstr>
       <vt:lpstr>Urheberrecht  – Schranken -</vt:lpstr>
       <vt:lpstr>Plagiat</vt:lpstr>
       <vt:lpstr>Grundlagen der Recherche</vt:lpstr>
       <vt:lpstr>Wissenschaftliche Literatur</vt:lpstr>
       <vt:lpstr>Methoden der literaturrecherche</vt:lpstr>
       <vt:lpstr>Planung einer thematischen literatursuche</vt:lpstr>
       <vt:lpstr>Suchbegriffe, Themenbereiche</vt:lpstr>
       <vt:lpstr>klassifikation</vt:lpstr>
       <vt:lpstr>Speziell: Fachklassifikation Mathematik</vt:lpstr>
       <vt:lpstr>Suchinstrumente / Hilfsmittel</vt:lpstr>
       <vt:lpstr>Durchführung einer literaturrecherche</vt:lpstr>
       <vt:lpstr>Digitales informationsangebot</vt:lpstr>
       <vt:lpstr>Exkurs: Open Access in der Mathematik</vt:lpstr>
       <vt:lpstr>Zentraler Einstieg       www.ulb.uni-bonn.de</vt:lpstr>
       <vt:lpstr>Suchportal</vt:lpstr>
       <vt:lpstr>Suchportal         </vt:lpstr>
       <vt:lpstr>Suchportal       </vt:lpstr>
       <vt:lpstr>        Zugang - Universität Bonn  </vt:lpstr>
-      <vt:lpstr>Fachliche eBooks  „Springer“</vt:lpstr>
+      <vt:lpstr>Fachliche E-Book Pakete „Springer“</vt:lpstr>
       <vt:lpstr>Fachliche eBooks</vt:lpstr>
       <vt:lpstr>Literaturrecherche in Fachdatenbanken</vt:lpstr>
       <vt:lpstr>Datenbank-Infosystem   DBIS</vt:lpstr>
       <vt:lpstr>DBIS    -   Bibliographische Datenbanken</vt:lpstr>
       <vt:lpstr>DBIS    -   volltextDatenbanken</vt:lpstr>
-      <vt:lpstr>DBIS    -   volltextDatenbanken „Preprint-server“</vt:lpstr>
       <vt:lpstr>Datenbanken  Mathematik</vt:lpstr>
       <vt:lpstr>Datenbanken  Mathematik   -  Alternativer einstieg „Fach“ -</vt:lpstr>
       <vt:lpstr>MathSciNet</vt:lpstr>
       <vt:lpstr>MathSciNet</vt:lpstr>
       <vt:lpstr>MathSciNet</vt:lpstr>
       <vt:lpstr>MathSciNet      </vt:lpstr>
       <vt:lpstr>MathSciNet     </vt:lpstr>
       <vt:lpstr>Mathscinet    </vt:lpstr>
       <vt:lpstr>Mathscinet     </vt:lpstr>
       <vt:lpstr>MathSciNet  </vt:lpstr>
       <vt:lpstr>mathscinet</vt:lpstr>
       <vt:lpstr>MathSciNet  </vt:lpstr>
       <vt:lpstr>MathSciNet  </vt:lpstr>
       <vt:lpstr>MathSciNet    </vt:lpstr>
       <vt:lpstr>MathSciNet    </vt:lpstr>
       <vt:lpstr>MathSciNet</vt:lpstr>
       <vt:lpstr> zbMATH open</vt:lpstr>
       <vt:lpstr>Zbmath open</vt:lpstr>
       <vt:lpstr>ZBmath open         General Help       </vt:lpstr>
       <vt:lpstr>zbMATH open</vt:lpstr>
       <vt:lpstr>zbMATH open</vt:lpstr>
       <vt:lpstr>zbMATH Open</vt:lpstr>
       <vt:lpstr>zbMATH Open</vt:lpstr>
+      <vt:lpstr>volltextDatenbanken   „Preprint-server“</vt:lpstr>
       <vt:lpstr>ARXIV       PrePrint- / ePrint-Server</vt:lpstr>
       <vt:lpstr>Web of Science  –  Portal für die parallele und interdisziplinäre Recherche</vt:lpstr>
       <vt:lpstr>Web of Science Core Collection   </vt:lpstr>
       <vt:lpstr>Web of Science Core Collection   </vt:lpstr>
       <vt:lpstr>Web of Science Core Collection   </vt:lpstr>
       <vt:lpstr>Web of Science core collection    </vt:lpstr>
       <vt:lpstr>Zeitschriftendatenbanken</vt:lpstr>
       <vt:lpstr>Zeitschriftendatenbank   ZDB   </vt:lpstr>
       <vt:lpstr>Zeitschriftendatenbank   ZDB</vt:lpstr>
       <vt:lpstr>Elektronische Zeitschriftenbibliothek  EZB</vt:lpstr>
       <vt:lpstr>EZB-Link  zur  Verlagsseite</vt:lpstr>
       <vt:lpstr>Informationen  im  Internet</vt:lpstr>
       <vt:lpstr>Fachportale</vt:lpstr>
       <vt:lpstr>Fachportal   </vt:lpstr>
       <vt:lpstr>Literaturbeschaffung  von  außerhalb</vt:lpstr>
       <vt:lpstr>DigiBib</vt:lpstr>
       <vt:lpstr>Literaturverwaltungsprogramme</vt:lpstr>
       <vt:lpstr>Zusammenfassung</vt:lpstr>
       <vt:lpstr>Zusammenfassung</vt:lpstr>
       <vt:lpstr> </vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>